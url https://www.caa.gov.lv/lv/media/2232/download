--- v0 (2025-10-07)
+++ v1 (2026-02-22)
@@ -1,168 +1,206 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00B90EBE" w:rsidP="00C455C8" w:rsidRDefault="00B90EBE">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00B90EBE" w:rsidP="00C455C8" w:rsidRDefault="00B90EBE" w14:paraId="78B42858" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>APPLICATION AND REPORT FORM</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00B90EBE" w:rsidRDefault="00C96B15">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00B90EBE" w:rsidRDefault="00C96B15" w14:paraId="327CA5BD" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4820"/>
           <w:tab w:val="right" w:pos="9638"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>PART-FCL TH</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00F70766">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>EORETICAL KNOWLEDGE EXAMINATION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00395F1F" w:rsidP="00B90EBE" w:rsidRDefault="00F70766">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00395F1F" w:rsidP="00B90EBE" w:rsidRDefault="00000000" w14:paraId="72EF218B" w14:textId="3F764413">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B90EBE">
-[...6 lines deleted...]
-        <w:t>AT</w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="Style9"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="-1626068490"/>
+          <w:lock w:val="sdtLocked"/>
+          <w:placeholder>
+            <w:docPart w:val="BD3E3536899F45AE93B24EE6C6DB1773"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choose an item."/>
+            <w:listItem w:displayText="CPL" w:value="CPL"/>
+            <w:listItem w:displayText="ATPL" w:value="ATPL"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Style8"/>
+            <w:sz w:val="22"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00B90EBE" w:rsidR="001F7376">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B90EBE" w:rsidR="003F0516">
+        <w:rPr>
+          <w:rStyle w:val="Style8"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B90EBE" w:rsidR="00B64F61">
-[...6 lines deleted...]
-        <w:t>PL</w:t>
+      <w:r w:rsidRPr="001F7376" w:rsidR="001F7376">
+        <w:rPr>
+          <w:rStyle w:val="Style8"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B90EBE" w:rsidR="003F0516">
+      <w:r w:rsidR="001F7376">
         <w:rPr>
           <w:rStyle w:val="Style8"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Style9"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="237137398"/>
+          <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="D535D9241A174D55BF65D1AEDB8C5319"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="AEROPLANES" w:value="AEROPLANES"/>
             <w:listItem w:displayText="HELICOPTERS" w:value="HELICOPTERS"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Style8"/>
             <w:sz w:val="22"/>
             <w:u w:val="none"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00B90EBE" w:rsidR="009E4797">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
@@ -173,697 +211,744 @@
           <w:b/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3964"/>
         <w:gridCol w:w="5664"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00634A93" w:rsidTr="00B90EBE">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00634A93" w:rsidTr="00B90EBE" w14:paraId="667DBA0C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00634A93" w:rsidP="00484388" w:rsidRDefault="00634A93">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00634A93" w:rsidP="00484388" w:rsidRDefault="00634A93" w14:paraId="5AE6C230" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Applicant’s Name, Surname:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Style6"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:alias w:val="Name, Surname"/>
             <w:tag w:val="Name, Surname"/>
             <w:id w:val="-1884783339"/>
+            <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="F3E3F2A42B3A4596AD1A8C78AE6544A8"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
-              <w:rStyle w:val="DefaultParagraphFont"/>
+              <w:rStyle w:val="PlaceholderText"/>
               <w:b w:val="0"/>
-              <w:sz w:val="28"/>
-              <w:szCs w:val="32"/>
+              <w:color w:val="808080"/>
+              <w:sz w:val="24"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5664" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidRPr="00B90EBE" w:rsidR="00634A93" w:rsidP="00484388" w:rsidRDefault="00E53F9A">
+              <w:p w:rsidRPr="00B90EBE" w:rsidR="00634A93" w:rsidP="00484388" w:rsidRDefault="00F35D35" w14:paraId="61B48C78" w14:textId="1C71B688">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="32"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00B90EBE">
+                <w:r w:rsidRPr="00F35D35">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>Enter the name and surname the same as in ID document</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00634A93" w:rsidTr="00B90EBE" w14:paraId="77057216" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00634A93" w:rsidP="00484388" w:rsidRDefault="00634A93" w14:paraId="00575221" w14:textId="19C0D0E2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B90EBE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Date of Birth</w:t>
+            </w:r>
+            <w:r w:rsidR="00214191">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Nationality</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B90EBE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5664" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00634A93" w:rsidP="00484388" w:rsidRDefault="00000000" w14:paraId="30F66174" w14:textId="5AB0D4F2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rStyle w:val="Style2"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:alias w:val="dd/mm/yyyy"/>
+                <w:tag w:val="dd/mm/yyyy"/>
+                <w:id w:val="955442291"/>
+                <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="CE1CCA94FDDE40B99B822F53142D42B9"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:date w:fullDate="2026-02-05T00:00:00Z">
+                  <w:dateFormat w:val="dd/MM/yyyy"/>
+                  <w:lid w:val="lv-LV"/>
+                  <w:storeMappedDataAs w:val="dateTime"/>
+                  <w:calendar w:val="gregorian"/>
+                </w:date>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00E00E99" w:rsidR="00EA64B3">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>dd/mm/yyyy</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00EA64B3">
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA64B3" w:rsidR="00EA64B3">
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA64B3">
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rStyle w:val="Style7"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:alias w:val="ID or Date of Birth"/>
+                <w:tag w:val="ID or Date of Birth"/>
+                <w:id w:val="-1824499350"/>
+                <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="5B5727C8D34440AEBD362966748E4813"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="DefaultParagraphFont"/>
+                  <w:sz w:val="24"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00B90EBE" w:rsidR="00E53F9A">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...2 lines deleted...]
-        </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00634A93" w:rsidTr="00B90EBE">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidTr="00B90EBE" w14:paraId="70160898" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00634A93" w:rsidP="00484388" w:rsidRDefault="00634A93">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidP="001322B2" w:rsidRDefault="001322B2" w14:paraId="26F6A124" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>ID or Date of Birth</w:t>
-[...13 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>E-mail:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Style7"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:alias w:val="ID or Date of Birth"/>
-[...1 lines deleted...]
-            <w:id w:val="-1824499350"/>
+            <w:alias w:val="E-mail"/>
+            <w:tag w:val="E-mail"/>
+            <w:id w:val="1319533507"/>
+            <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="5B5727C8D34440AEBD362966748E4813"/>
+              <w:docPart w:val="89364E1B2C4144FBBA0A9ED38F1A708E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="DefaultParagraphFont"/>
               <w:sz w:val="24"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5664" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidRPr="00B90EBE" w:rsidR="00634A93" w:rsidP="00484388" w:rsidRDefault="00E53F9A">
+              <w:p w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidP="001322B2" w:rsidRDefault="001322B2" w14:paraId="5E90B253" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B90EBE">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidTr="00B90EBE">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidTr="00B90EBE" w14:paraId="3A907731" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...78 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidP="001322B2" w:rsidRDefault="001322B2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidP="001322B2" w:rsidRDefault="001322B2" w14:paraId="1854A562" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Phone number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Style7"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:alias w:val="Phone number"/>
             <w:tag w:val="Phone number"/>
             <w:id w:val="-1315407447"/>
+            <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="D0385C98A4BB4879901302C6DE55B4EC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="Style3"/>
               <w:b/>
               <w:sz w:val="28"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5664" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidP="001322B2" w:rsidRDefault="001322B2">
+              <w:p w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidP="001322B2" w:rsidRDefault="001322B2" w14:paraId="02596551" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:rPr>
                     <w:rStyle w:val="Style3"/>
                     <w:sz w:val="28"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B90EBE">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidTr="00B90EBE">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidTr="00B90EBE" w14:paraId="6089F631" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidP="001322B2" w:rsidRDefault="001322B2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidP="001322B2" w:rsidRDefault="001322B2" w14:paraId="5339776E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Style7"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:alias w:val="Address"/>
             <w:tag w:val="Address"/>
             <w:id w:val="-1333068760"/>
             <w:placeholder>
               <w:docPart w:val="A4F50A3BAB904E77A89BAEF601512B0A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="Style5"/>
               <w:b/>
               <w:sz w:val="28"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5664" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidP="001322B2" w:rsidRDefault="001322B2">
+              <w:p w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidP="001322B2" w:rsidRDefault="001322B2" w14:paraId="5EA7A5A1" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:rPr>
                     <w:rStyle w:val="Style5"/>
                     <w:sz w:val="28"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B90EBE">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidTr="00B90EBE">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidTr="00B90EBE" w14:paraId="3D2DE1A4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidP="001322B2" w:rsidRDefault="001322B2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidP="001322B2" w:rsidRDefault="001322B2" w14:paraId="27B69470" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Approved Training Organisation (ATO):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Style7"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:alias w:val="Name of ATO"/>
             <w:tag w:val="Name of ATO"/>
             <w:id w:val="-1653516598"/>
             <w:placeholder>
               <w:docPart w:val="713808B8C39043ABA4AC899DA52F09FE"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="DefaultParagraphFont"/>
               <w:sz w:val="24"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5664" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidP="001322B2" w:rsidRDefault="001322B2">
+              <w:p w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidP="001322B2" w:rsidRDefault="001322B2" w14:paraId="22694FFA" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B90EBE">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidTr="00B90EBE">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidTr="00B90EBE" w14:paraId="11E419D9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidP="001322B2" w:rsidRDefault="001322B2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidP="001322B2" w:rsidRDefault="001322B2" w14:paraId="243636C8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Pilot Licence Number (if applicable):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Style7"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:alias w:val="Name of ATO"/>
             <w:tag w:val="Name of ATO"/>
             <w:id w:val="742997328"/>
             <w:placeholder>
               <w:docPart w:val="844C9C10BF45423A9658D3145923BEAE"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="DefaultParagraphFont"/>
               <w:sz w:val="24"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5664" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidP="001322B2" w:rsidRDefault="001322B2">
+              <w:p w:rsidRPr="00B90EBE" w:rsidR="001322B2" w:rsidP="001322B2" w:rsidRDefault="001322B2" w14:paraId="4EE06734" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:rPr>
                     <w:rStyle w:val="Style7"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B90EBE">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00071095" w:rsidP="00637A43" w:rsidRDefault="006757EC">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00071095" w:rsidP="00637A43" w:rsidRDefault="006757EC" w14:paraId="76C05925" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="60" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I agree to take theore</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="0029774E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">tical knowledge examinations in </w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00E53F9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="1"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:name="Check2" w:id="0"/>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00E53F9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="005E53B9">
+      <w:r w:rsidRPr="00B90EBE" w:rsidR="00E53F9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="005E53B9">
+      <w:r w:rsidRPr="00B90EBE" w:rsidR="00E53F9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00E53F9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="0029774E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>English</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00F70766">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D07D50" w:rsidP="00637A43" w:rsidRDefault="00D3790F">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D07D50" w:rsidP="00637A43" w:rsidRDefault="00D3790F" w14:paraId="4C28CCF0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="60" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>By this I certify that the above statements are correct, I am familiar with theoretical examination rules and procedures</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00D4692B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> on 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00D4692B">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -879,51 +964,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> page </w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="000D0B5D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>will follow them.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00071095" w:rsidP="00637A43" w:rsidRDefault="00D07D50">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00071095" w:rsidP="00637A43" w:rsidRDefault="00D07D50" w14:paraId="544AEDA0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="60" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Applicant’s signature: _____________</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00F70766">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>____________</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -973,110 +1058,110 @@
         </w:rPr>
         <w:t>MM</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00B90EBE">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00C455C8">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>YYYY</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00B90EBE">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00511170" w:rsidP="00C455C8" w:rsidRDefault="00E031F4">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00511170" w:rsidP="00C455C8" w:rsidRDefault="00E031F4" w14:paraId="598AF62E" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:color="auto" w:sz="24" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>For CAA use only:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="009E7C86" w:rsidP="00C455C8" w:rsidRDefault="007947AF">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="009E7C86" w:rsidP="00C455C8" w:rsidRDefault="007947AF" w14:paraId="4313217F" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:color="auto" w:sz="24" w:space="1"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Applicant complies with applicable </w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Commission Regulation (EU) No 1178/2011</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> FCL.025 requirements to start theoretical knowledge examinations.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00A94F26" w:rsidP="00C455C8" w:rsidRDefault="007947AF">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00A94F26" w:rsidP="00C455C8" w:rsidRDefault="007947AF" w14:paraId="4FF8D65C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Inspector Name, Surname: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00511170">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_____________</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00F70766">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
@@ -1097,51 +1182,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> Signature: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00511170">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Date: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00511170">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>______________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="007947AF" w:rsidP="00C455C8" w:rsidRDefault="007947AF">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="007947AF" w:rsidP="00C455C8" w:rsidRDefault="007947AF" w14:paraId="18445D5E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Examination start date: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00511170">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00F70766">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -1176,4074 +1261,3845 @@
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1720"/>
         <w:gridCol w:w="831"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="830"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="832"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="832"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="832"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="832"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="364"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="003F0516">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="003F0516" w14:paraId="2C7DEC36" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766" w14:paraId="11BE9FBD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Subjects / </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766" w14:paraId="5902DF2A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Sessions (from –to)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="pct"/>
             <w:gridSpan w:val="13"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766" w14:paraId="5E382F5D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Theoretical Knowledge Examination Results</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="003F0516">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="003F0516" w14:paraId="531CF1D7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766" w14:paraId="75DB9CE5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="652" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766" w14:paraId="051EEFC3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1. session</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="652" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766" w14:paraId="0EE0B4FB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2. session</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="653" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766" w14:paraId="5D8BA9F1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3. session</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="653" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766" w14:paraId="52037B8F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4. session</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="653" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766" w14:paraId="6AA80433" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5. session</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="653" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766" w14:paraId="4AB5FDE8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>6. session</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="188" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766" w14:paraId="42DA7DE7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="002D6F84" w:rsidTr="003F0516">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="002D6F84" w:rsidTr="003F0516" w14:paraId="3C07BD62" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="1876A6AA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>010 Air Law</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="1AE48E45" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="4D329D9F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="431" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="29D5AB37" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="05161747" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="3B87BE68" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="61A07DC9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="65067856" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="44435FCC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="67BEE5CE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="218301BB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="39E61A02" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="4B80859C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="188" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="1C928512" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="003F0516">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="003F0516" w14:paraId="3B1C440E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="0FF93B23" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="CM1"/>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">021 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Airf</w:t>
-[...10 lines deleted...]
-              <w:t>./Syst./Pow.</w:t>
+              <w:t>Airf./Syst./Pow.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="675E5BB8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="29F18FEA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="431" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="332AD754" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="0D938AC2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="703EF4C3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="3A40D733" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="648C8AD4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="7EB6D5E8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="47391EE4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="7562E32C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="6DB200B9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="60D2AF38" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="188" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="0D98D47C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="002D6F84" w:rsidTr="003F0516">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="002D6F84" w:rsidTr="003F0516" w14:paraId="1E089183" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="466BB0F7" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="CM1"/>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">022 </w:t>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Instrumentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="2C70D271" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="7F46034D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="431" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="3BF9A166" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="72B1ACC7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="253E4F9F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="62814E04" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="159AE5B1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="726A82E7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="7B2CBC52" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="7E417EE9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="31AEAADB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="14DD50EE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="188" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="097664E0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="003F0516">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="003F0516" w14:paraId="2DD188BC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="49C3018A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>031 Mass &amp; Balance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="591EF8C0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="1439D3FD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="431" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="09865C84" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="0297F1FF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="1A2B8667" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="12CFCAD4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="48A4F457" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="7B3E98D3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="2B79D415" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="7BCA0629" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="105B5F9D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="1C6FC24F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="188" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="067E13FD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="002D6F84" w:rsidTr="003F0516">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="002D6F84" w:rsidTr="003F0516" w14:paraId="4213D156" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:sdt>
-            <w:sdtPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00673C88" w:rsidRDefault="00503125" w14:paraId="5A775422" w14:textId="286DE5A7">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:id w:val="1360704728"/>
-[...276 lines deleted...]
-              <w:spacing w:before="20" w:after="20"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t xml:space="preserve">032 </w:t>
+            </w:r>
+            <w:r w:rsidR="004712CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>033 Flight Planning</w:t>
+              <w:t>Performance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="2EE39344" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="6B95554B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="431" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="5AF603EC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="2B01614F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="6EFECEBD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="404E2DF5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="1245EF3E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="1FF7CBD5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="00536799" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="1ABA1B6C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="70BAB29C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="4562F1A0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="188" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="7FDC50C7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="002D6F84" w:rsidTr="003F0516">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="003F0516" w14:paraId="5698F9FF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00673C88" w14:paraId="0D52B194" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B90EBE">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">040 Human </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B90EBE">
+              <w:t>033 Flight Planning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="432" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="38732C5E" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="221" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="3579F56E" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="22C94A4A" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="221" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="1F33BDBF" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="432" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="1F02F918" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="221" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="501AC3BE" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="432" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="2DD42871" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="221" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="3F20376A" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="432" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="51FAB878" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="221" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="1A83C111" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="432" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="4B926B1D" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="221" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="4B240B61" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="188" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="40D56BE5" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="002D6F84" w:rsidTr="003F0516" w14:paraId="3E594D89" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="894" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="45BB8241" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Perfor</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>.</w:t>
+              <w:t>040 Human Perfor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="4580D08E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="79CDA25C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="431" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="60DAAE43" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="405C3082" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="2BBDC1D8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="29C25469" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="1F2D0AED" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="1E08E437" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="5627DBB5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="5224A4C4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="62D1D043" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="262F8B1C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="188" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="08F872D0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="003F0516">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="003F0516" w14:paraId="44C9B7F7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="03004E8D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>050 Meteorology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="3DD2192A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="401C44F7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="431" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="178E8702" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="51DE11F2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="4F634FEC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="2FFDF6DD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="3CF445DE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="0229175D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="7D7209B9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="1AEBEE3B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="681F06C0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="0952F23C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="188" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="4E238C49" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="002D6F84" w:rsidTr="003F0516">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="002D6F84" w:rsidTr="003F0516" w14:paraId="79C0827A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="09A36AB5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">061 General </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B90EBE">
+              <w:t>061 General Navig.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="432" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="5D414B6A" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="221" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="2CF6FB0C" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="1A09D786" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="221" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="069DF332" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="432" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="74876B86" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="221" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="0A34F3E3" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="432" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="2C7CF6DA" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="221" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="5116C330" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="432" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="714AF8E7" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="221" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="643BA868" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="432" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="5FB88C99" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="221" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="45F6BC39" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="188" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="259FAD1A" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="003F0516" w14:paraId="6E8AE682" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="894" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="695A7FD3" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Navig</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>.</w:t>
+              <w:t>062 Radio Navig.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="4FE6A515" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="5E57F1E4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="431" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="6EE79ACE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="462ACF04" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="7354A1CB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="10CFE4AE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="1284AB79" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="06B306A5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="1D129893" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="6D73EE74" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="138FDB0B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="10D2F510" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="188" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="081025E8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="003F0516">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="002D6F84" w:rsidTr="003F0516" w14:paraId="40AD32AD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="61B9F007" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">062 Radio </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B90EBE">
+              <w:t>070 Operation. Proc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="432" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="353A1E7A" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="221" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="11AFF14F" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="25C92603" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="221" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="30C4116A" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="432" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="6CDCDE8E" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="221" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="7052DFA0" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="432" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="3659E8A6" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="221" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="323EF4F5" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="432" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="34482DE0" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="221" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="5014C02B" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="432" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="471D0AA3" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="221" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="402DE0F6" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="188" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="3B1C1DBA" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="003F0516" w14:paraId="6E63729F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="894" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="4F7DE2F9" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Navig</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...237 lines deleted...]
-              <w:spacing w:before="20" w:after="20"/>
+              <w:t>08</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B90EBE" w:rsidR="003F0516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>1</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>070 Operation. Proc.</w:t>
+              <w:t xml:space="preserve"> Princ. of Flight</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="2B795947" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="6962C511" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="431" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="0D2F19EF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="6302A9DB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="783B340F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="12492D2C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="1C569F11" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="42211DDA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="0B830366" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="3C26134E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="1BBF7A78" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="1BCA0CFC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="188" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="3160ECA6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="003F0516">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="002D6F84" w:rsidTr="003F0516" w14:paraId="6538F849" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="78312130" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>08</w:t>
+              <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B90EBE" w:rsidR="003F0516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B90EBE">
+              <w:t xml:space="preserve"> Communi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B90EBE" w:rsidR="003F0516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Princ</w:t>
-[...300 lines deleted...]
-              </w:rPr>
               <w:t>cations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="0FD33024" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="33EA98BD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="431" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="49F26553" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="7325F2BF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="11DE822D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="2034A455" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="1E911C42" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="3FF5DF7A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="568B1A72" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="31825A10" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="70C5D8B3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="221" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="71173067" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="188" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00D3080B" w:rsidRDefault="00F70766" w14:paraId="21A8D67B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00511170" w:rsidP="000048EA" w:rsidRDefault="00907A1A">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00511170" w:rsidP="000048EA" w:rsidRDefault="00907A1A" w14:paraId="5599ECEC" w14:textId="75BC33E7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Training and examination section conclusion:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00F70766">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>An</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00511170">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> applicant </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B90EBE">
+      <w:r w:rsidRPr="00B90EBE" w:rsidR="00F35D35">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>has</w:t>
+        <w:t>successfully completed</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B90EBE" w:rsidR="00511170">
+      <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>successfully completed the required theoretical knowledge examination for the appropriate pilot licence according to Commission Regulation (EU) No 1178/2011</w:t>
+        <w:t xml:space="preserve"> the required theoretical knowledge examination for the appropriate pilot licence according to Commission Regulation (EU) No 1178/2011</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> FCL.025 requirements.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00C455C8" w:rsidP="000048EA" w:rsidRDefault="00511170">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00C455C8" w:rsidP="000048EA" w:rsidRDefault="00511170" w14:paraId="0D2302DD" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9915"/>
           <w:tab w:val="right" w:pos="10772"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Comments:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00F70766">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="000048EA">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00511170" w:rsidP="00637A43" w:rsidRDefault="00511170">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00511170" w:rsidP="00637A43" w:rsidRDefault="00511170" w14:paraId="133185B2" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4275"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00907A1A" w:rsidP="000048EA" w:rsidRDefault="00907A1A">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00907A1A" w:rsidP="000048EA" w:rsidRDefault="00907A1A" w14:paraId="6DE2B3FC" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>____________</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00F70766">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>____________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -5286,51 +5142,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>________</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00F70766">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>____________</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00F17C23" w:rsidP="00F17C23" w:rsidRDefault="00DF1480">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00F17C23" w:rsidP="00F17C23" w:rsidRDefault="00DF1480" w14:paraId="2D1FBED6" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD7DF4">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>raining and examination section</w:t>
       </w:r>
@@ -5338,70 +5194,69 @@
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Inspector</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD7DF4">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00907A1A">
         <w:rPr>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(Name, Surname / Date / Signature)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D93733" w:rsidP="00F17C23" w:rsidRDefault="00D93733">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D93733" w:rsidP="00F17C23" w:rsidRDefault="00D93733" w14:paraId="35E8EDFC" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidRPr="00B90EBE" w:rsidR="00D93733" w:rsidSect="00B90EBE">
-          <w:headerReference w:type="even" r:id="rId8"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId13"/>
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:footerReference w:type="even" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
+          <w:footerReference w:type="first" r:id="rId15"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="284" w:footer="284" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00896398" w:rsidP="00F70766" w:rsidRDefault="00896398">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00896398" w:rsidP="00F70766" w:rsidRDefault="00896398" w14:paraId="43FEB902" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Theoretical knowledge examination rules and procedures according to </w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
@@ -5444,3332 +5299,3174 @@
           <w:sz w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00916B07">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>54</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00B90EBE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B" w14:paraId="1E0C611D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CM4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Applicants shall take the entire set of theoretical knowledge examinations for a specific licence or rating under the resp</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00F70766">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>onsibility of one Member State.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B" w14:paraId="5BF651C7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CM4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Applicants shall only take the theoretical knowledge examination when recommended by the approved training organisation (ATO) </w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00F70766">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>responsible for their training.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B" w14:paraId="13AC1AA2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CM4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The recommendation by an ATO shall be valid for 12 months.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B" w14:paraId="4C867C70" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>A pass in a theoretical knowledge examination paper will be awarded to an applicant achieving at least 75 % of the marks allocated to that paper.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B" w14:paraId="5E60A862" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CM4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>An applicant shall successfully pass all the required examination papers within a period of 18 months counted from the end of the calendar month when the applicant first attempted an examination. If an applicant has failed to pass one of the theoretical knowledge examination papers within 4 attempts, or has failed to pass all papers within either 6 sittings or the period mentioned before, he/she shall re-take the comp</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00F70766">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>lete set of examination papers.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="000048EA">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="000048EA" w14:paraId="3D288D52" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CM4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The completion of the airline transport pilot licence (ATPL) theoretical knowledge examinations will remain valid for the issue of an ATPL for period of 7 years from the last validity date of and IR entered in the licence or in the case of helicopters, a helicopter’s type rating entered in licence</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00F70766">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B" w14:paraId="57C254D6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CM3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>‘Entire set of examinations’: an examination in all subjects</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00F70766">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> required by the licence level.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B" w14:paraId="553D6B9C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CM3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">‘Examination’: the demonstration of knowledge in </w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00F70766">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>one or more examination papers.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B" w14:paraId="30561FA8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CM3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">‘Examination paper’: a set of questions to be answered </w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00F70766">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>by a candidate for examination.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B" w14:paraId="73093DA7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CM3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">‘Attempt’: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00F70766">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>a try to pass a specific paper.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B" w14:paraId="448F36C4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CM3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>‘Sitting’: a period of not more than 10 consecutive days within which a candidate can take an examination. Only one attempt at each examination paper is allowed in one sitting.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B" w14:paraId="4534C3DC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CM4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>If the CAA finds that the applicant is not complying with the examination procedures during the examination, this shall be assessed with a view to failing the applicant, either in the examination of a single subject or</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="00F70766">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the examination as a whole.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00D4692B" w:rsidP="00F70766" w:rsidRDefault="00D4692B" w14:paraId="144AB3C7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The CAA will ban applicants who are proven to be cheating from taking any further examination for a period of at least 12 months from the date of the examination in which they were found cheating.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="00907A1A" w:rsidP="00F70766" w:rsidRDefault="00D4692B">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="00907A1A" w:rsidP="00F70766" w:rsidRDefault="00D4692B" w14:paraId="10DF9F81" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Applicants may use the following equipment during an examination - a scientific, non-programmable, non-alphanumeric calculator without specific aviation functions, mechanical navigation slide-rule (DR calculator), protractor, compasses and dividers, ruler, translation dictionary. Applicant should not use any additional electronic equipment during the examinations.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="0071017E" w:rsidP="00D3080B" w:rsidRDefault="00D3080B">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="0071017E" w:rsidP="00D3080B" w:rsidRDefault="00D3080B" w14:paraId="6DF6D2E8" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:color="auto" w:sz="24" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
       <w:r w:rsidRPr="00B90EBE" w:rsidR="0071017E">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>CAA use only:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1979"/>
         <w:gridCol w:w="490"/>
         <w:gridCol w:w="1822"/>
         <w:gridCol w:w="1822"/>
         <w:gridCol w:w="1822"/>
         <w:gridCol w:w="1693"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA" w14:paraId="44AEB0A6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766" w14:paraId="3105ED37" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Subject</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3972" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00F70766" w:rsidRDefault="00F70766" w14:paraId="4B6A3637" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Invoice number No:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA" w14:paraId="12B41DB9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="7CBBB3E2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>010 Air Law</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="47F0CE4D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005E53B9">
-[...6 lines deleted...]
-            <w:r w:rsidR="005E53B9">
+            <w:r w:rsidRPr="00B90EBE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="7C273AB5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="080430B0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="23CC7807" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="76255ED6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA" w14:paraId="16A2DE52" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="22E4FDED" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="CM1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">021 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Airf</w:t>
-[...10 lines deleted...]
-              <w:t>./Syst./Pow.</w:t>
+              <w:t>Airf./Syst./Pow.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="45EE3E05" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005E53B9">
-[...6 lines deleted...]
-            <w:r w:rsidR="005E53B9">
+            <w:r w:rsidRPr="00B90EBE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="5FCE263F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="029E3654" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="0A96D629" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="57A2ABBA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA" w14:paraId="3682A309" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="0137BF98" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="CM1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">022 </w:t>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Instrumentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="52BDC87D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005E53B9">
-[...6 lines deleted...]
-            <w:r w:rsidR="005E53B9">
+            <w:r w:rsidRPr="00B90EBE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="55C14BEF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="738B0409" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="3726C2E8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="65101F03" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA" w14:paraId="533A811A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="4CB56E27" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>031 Mass &amp; Balance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="674FBEDC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005E53B9">
-[...6 lines deleted...]
-            <w:r w:rsidR="005E53B9">
+            <w:r w:rsidRPr="00B90EBE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="7959DEF3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="07CB191A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="158EA1A3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="1BDB9D9E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA" w14:paraId="696262F1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:sdt>
-            <w:sdtPr>
+          <w:p w:rsidRPr="00673C88" w:rsidR="00F70766" w:rsidP="00673C88" w:rsidRDefault="00503125" w14:paraId="06779FF6" w14:textId="685259E4">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:id w:val="-60180798"/>
-[...35 lines deleted...]
-          </w:sdt>
+            </w:pPr>
+            <w:r w:rsidRPr="00503125">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">032 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004712CE" w:rsidR="004712CE">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Performance</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="364047DB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005E53B9">
-[...6 lines deleted...]
-            <w:r w:rsidR="005E53B9">
+            <w:r w:rsidRPr="00B90EBE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="5B116BD5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="4662AAF6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="52457E60" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="4F0E0F00" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA" w14:paraId="2E47185C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="009E6FBA" w:rsidR="00F70766" w:rsidP="009E6FBA" w:rsidRDefault="00673C88">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="009E6FBA" w:rsidR="00F70766" w:rsidP="009E6FBA" w:rsidRDefault="00673C88" w14:paraId="7E7A9F9F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>033 Flight Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="414AA26E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005E53B9">
-[...6 lines deleted...]
-            <w:r w:rsidR="005E53B9">
+            <w:r w:rsidRPr="00B90EBE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="67461F9D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="0837B915" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="5CC41572" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="6977A6CE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA" w14:paraId="556A3DB1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="787E4DFF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">040 Human </w:t>
-[...23 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>040 Human Perfor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="208321E8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005E53B9">
-[...6 lines deleted...]
-            <w:r w:rsidR="005E53B9">
+            <w:r w:rsidRPr="00B90EBE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="61B874E8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="7C69C7E3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="012646FB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="347DB3DF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA" w14:paraId="632F2EC4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="67CD7FCF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>050 Meteorology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="51AD1BE3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005E53B9">
-[...6 lines deleted...]
-            <w:r w:rsidR="005E53B9">
+            <w:r w:rsidRPr="00B90EBE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="7913BEAF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="05873D02" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="303C2BE7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="0F6CFCE9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA" w14:paraId="3F1A142E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="2421F0EB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">061 General </w:t>
-[...23 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>061 General Navig.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="4524276F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005E53B9">
-[...6 lines deleted...]
-            <w:r w:rsidR="005E53B9">
+            <w:r w:rsidRPr="00B90EBE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="1709B2C8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="6A1C53E2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="5BCAEBE7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="12C8DEDA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA" w14:paraId="7EBD4A60" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="66851162" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">062 Radio </w:t>
-[...23 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>062 Radio Navig.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="19F8D34A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005E53B9">
-[...6 lines deleted...]
-            <w:r w:rsidR="005E53B9">
+            <w:r w:rsidRPr="00B90EBE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="79CE8CEE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="04017881" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="4778B206" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="7C525CC1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA" w14:paraId="0950CA6B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="3EDB453A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>070 Operation. Proc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="7CFBA1C0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005E53B9">
-[...6 lines deleted...]
-            <w:r w:rsidR="005E53B9">
+            <w:r w:rsidRPr="00B90EBE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="5C79413A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="32C83F4A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="4730BEF7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="341AF5B4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA" w14:paraId="43CBFD0F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="7B721E0B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>08</w:t>
             </w:r>
             <w:r w:rsidRPr="00B90EBE" w:rsidR="003F0516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...23 lines deleted...]
-              <w:t>. of Flight</w:t>
+              <w:t xml:space="preserve"> Princ. of Flight</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="63F78E85" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005E53B9">
-[...6 lines deleted...]
-            <w:r w:rsidR="005E53B9">
+            <w:r w:rsidRPr="00B90EBE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="2B236E57" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="094CDA46" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="645E5AA9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="12C8FE2F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA">
+      <w:tr w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidTr="00B161CA" w14:paraId="687483A9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="03B7F3D5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00B90EBE" w:rsidR="003F0516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
@@ -8792,369 +8489,370 @@
               </w:rPr>
               <w:t>Communi</w:t>
             </w:r>
             <w:r w:rsidRPr="00B90EBE" w:rsidR="003F0516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>cations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="4311DB84" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005E53B9">
-[...6 lines deleted...]
-            <w:r w:rsidR="005E53B9">
+            <w:r w:rsidRPr="00B90EBE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="1F1F2614" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="09049FEA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="117794E6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766">
+          <w:p w:rsidRPr="00B90EBE" w:rsidR="00F70766" w:rsidP="00BA63E3" w:rsidRDefault="00F70766" w14:paraId="3397FA92" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B90EBE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00B90EBE" w:rsidR="0071017E" w:rsidP="0071017E" w:rsidRDefault="0071017E">
+    <w:p w:rsidRPr="00B90EBE" w:rsidR="0071017E" w:rsidP="0071017E" w:rsidRDefault="0071017E" w14:paraId="58EBD551" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="00B90EBE" w:rsidR="0071017E" w:rsidSect="00B90EBE">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="284" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C1636F" w:rsidRDefault="00C1636F" w:rsidP="00F41B19">
+    <w:p w14:paraId="6B94F5DC" w14:textId="77777777" w:rsidR="008B61C1" w:rsidRDefault="008B61C1" w:rsidP="00F41B19">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C1636F" w:rsidRDefault="00C1636F" w:rsidP="00F41B19">
+    <w:p w14:paraId="04C407EB" w14:textId="77777777" w:rsidR="008B61C1" w:rsidRDefault="008B61C1" w:rsidP="00F41B19">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-112901549"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00B90EBE" w:rsidRPr="006541F1" w:rsidRDefault="00A57C62" w:rsidP="00B90EBE">
+      <w:p w14:paraId="65D6DB54" w14:textId="3F3EA754" w:rsidR="00B90EBE" w:rsidRPr="006541F1" w:rsidRDefault="00A57C62" w:rsidP="00B90EBE">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:tabs>
             <w:tab w:val="clear" w:pos="4153"/>
             <w:tab w:val="clear" w:pos="8306"/>
             <w:tab w:val="center" w:pos="4820"/>
             <w:tab w:val="right" w:pos="9638"/>
           </w:tabs>
           <w:spacing w:before="120"/>
         </w:pPr>
         <w:r>
-          <w:t>v.1</w:t>
+          <w:t>v.</w:t>
+        </w:r>
+        <w:r w:rsidR="00EA64B3">
+          <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00DF1480" w:rsidRPr="006541F1">
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-973980609"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:r w:rsidR="009E6057" w:rsidRPr="006541F1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="009E6057" w:rsidRPr="006541F1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
             <w:r w:rsidR="009E6057" w:rsidRPr="006541F1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="009E6057">
               <w:rPr>
                 <w:b/>
@@ -9200,98 +8898,97 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="009E6057">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="009E6057" w:rsidRPr="006541F1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DF1480" w:rsidRPr="006541F1">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="005E53B9" w:rsidRPr="005E53B9">
               <w:t>3.7.6_1c</w:t>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="4"/>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-934593322"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00B90EBE" w:rsidRPr="006541F1" w:rsidRDefault="00A57C62" w:rsidP="00B90EBE">
+      <w:p w14:paraId="35F4253D" w14:textId="062B42AB" w:rsidR="00B90EBE" w:rsidRPr="006541F1" w:rsidRDefault="00A57C62" w:rsidP="00B90EBE">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:tabs>
             <w:tab w:val="clear" w:pos="4153"/>
             <w:tab w:val="clear" w:pos="8306"/>
             <w:tab w:val="center" w:pos="4820"/>
             <w:tab w:val="right" w:pos="9638"/>
           </w:tabs>
           <w:spacing w:before="120"/>
         </w:pPr>
         <w:r>
-          <w:t>v.1</w:t>
+          <w:t>v.</w:t>
+        </w:r>
+        <w:r w:rsidR="00EA64B3">
+          <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00DF1480" w:rsidRPr="006541F1">
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1728636285"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:r w:rsidR="009E6057" w:rsidRPr="006541F1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="009E6057" w:rsidRPr="006541F1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
             <w:r w:rsidR="009E6057" w:rsidRPr="006541F1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="009E6057">
               <w:rPr>
                 <w:b/>
@@ -9346,52 +9043,52 @@
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="009E6057" w:rsidRPr="006541F1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DF1480" w:rsidRPr="006541F1">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="005E53B9" w:rsidRPr="005E53B9">
               <w:t>3.7.6_1c</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00D93733" w:rsidRPr="00FE3B8C" w:rsidRDefault="00D93733" w:rsidP="00D93733">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="106441E7" w14:textId="77777777" w:rsidR="00D93733" w:rsidRPr="00FE3B8C" w:rsidRDefault="00D93733" w:rsidP="00D93733">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="center" w:pos="5103"/>
         <w:tab w:val="right" w:pos="10773"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00FE3B8C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00FE3B8C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
@@ -9450,489 +9147,361 @@
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00FE3B8C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00FE3B8C">
       <w:tab/>
       <w:t>PEL.3.</w:t>
     </w:r>
     <w:r>
       <w:t>9.3.1(2)(b)</w:t>
     </w:r>
     <w:r w:rsidRPr="00FE3B8C">
       <w:t>/5.1</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C1636F" w:rsidRDefault="00C1636F" w:rsidP="00F41B19">
+    <w:p w14:paraId="683CDDB8" w14:textId="77777777" w:rsidR="008B61C1" w:rsidRDefault="008B61C1" w:rsidP="00F41B19">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C1636F" w:rsidRDefault="00C1636F" w:rsidP="00F41B19">
+    <w:p w14:paraId="2568CE60" w14:textId="77777777" w:rsidR="008B61C1" w:rsidRDefault="008B61C1" w:rsidP="00F41B19">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...10 lines deleted...]
-  <w:p w:rsidRPr="00B90EBE" w:rsidR="00B90EBE" w:rsidP="00B90EBE" w:rsidRDefault="00B90EBE">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00B90EBE" w:rsidR="00B90EBE" w:rsidP="00B90EBE" w:rsidRDefault="00B90EBE" w14:paraId="7C756002" w14:textId="77777777">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:name="_Hlk72912508" w:id="1"/>
     <w:bookmarkStart w:name="_Hlk83817494" w:id="2"/>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00B90EBE">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>Valsts</w:t>
-[...62 lines deleted...]
-      <w:t>”</w:t>
+      <w:t>Valsts aģentūra “Civilās aviācijas aģentūra”</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidRPr="00B90EBE" w:rsidR="00B90EBE" w:rsidP="00B90EBE" w:rsidRDefault="00B90EBE">
+  <w:p w:rsidRPr="00B90EBE" w:rsidR="00B90EBE" w:rsidP="00B90EBE" w:rsidRDefault="00B90EBE" w14:paraId="3DF12AD5" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="120"/>
       <w:ind w:left="284"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B90EBE">
       <w:rPr>
         <w:i/>
         <w:color w:val="231F20"/>
         <w:spacing w:val="-11"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>State Agency “Civil Aviation Agency” of the Republic of Latvia</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidRPr="00B90EBE" w:rsidR="00B90EBE" w:rsidP="00B90EBE" w:rsidRDefault="00B90EBE">
+  <w:p w:rsidRPr="00B90EBE" w:rsidR="00B90EBE" w:rsidP="00B90EBE" w:rsidRDefault="00B90EBE" w14:paraId="6804FBD4" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:name="_Hlk91515389" w:id="3"/>
     <w:r w:rsidRPr="00B90EBE">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve">10 </w:t>
-[...53 lines deleted...]
-      <w:t xml:space="preserve"> county, LV-1053, Latvia</w:t>
+      <w:t>10 Biroju street, Airport “Rīga”, Mārupe county, LV-1053, Latvia</w:t>
     </w:r>
     <w:bookmarkEnd w:id="3"/>
   </w:p>
-  <w:p w:rsidRPr="00B90EBE" w:rsidR="00B90EBE" w:rsidP="00B90EBE" w:rsidRDefault="00B90EBE">
+  <w:p w:rsidRPr="00B90EBE" w:rsidR="00B90EBE" w:rsidP="00B90EBE" w:rsidRDefault="00B90EBE" w14:paraId="223DD4AD" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B90EBE">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Phone +371 67830936, fax +371 67830967</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidRPr="00B90EBE" w:rsidR="00F41B19" w:rsidP="00B90EBE" w:rsidRDefault="005E53B9">
+  <w:p w:rsidRPr="00B90EBE" w:rsidR="00F41B19" w:rsidP="00B90EBE" w:rsidRDefault="00B90EBE" w14:paraId="3914B076" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="ReturnAddress"/>
       <w:framePr w:w="0" w:hSpace="0" w:wrap="auto" w:hAnchor="text" w:vAnchor="margin" w:xAlign="left" w:yAlign="inline"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2640"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink w:history="1" r:id="rId1">
-      <w:r w:rsidRPr="00B90EBE" w:rsidR="00B90EBE">
+      <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>caa@caa.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B90EBE" w:rsidR="00B90EBE">
+      <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>gov</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B90EBE" w:rsidR="00B90EBE">
+      <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.lv</w:t>
       </w:r>
     </w:hyperlink>
-    <w:r w:rsidRPr="00B90EBE" w:rsidR="00B90EBE">
+    <w:r w:rsidRPr="00B90EBE">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:hyperlink w:history="1" r:id="rId2">
-      <w:r w:rsidRPr="00B90EBE" w:rsidR="00B90EBE">
+      <w:r w:rsidRPr="00B90EBE">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>www.caa.gov.lv</w:t>
       </w:r>
     </w:hyperlink>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkEnd w:id="2"/>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w:rsidRPr="00FE3B8C" w:rsidR="00D93733" w:rsidP="00D93733" w:rsidRDefault="005E53B9">
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00FE3B8C" w:rsidR="00D93733" w:rsidP="00D93733" w:rsidRDefault="00000000" w14:paraId="6A9DFD3E" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
       </w:rPr>
-      <w:object w:dxaOrig="1440" w:dyaOrig="1440">
+      <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="1BCBC56D">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" filled="f" stroked="f" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path gradientshapeok="t" o:connecttype="rect" o:extrusionok="f"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="_x0000_s2050" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.1pt;width:135.6pt;height:43.3pt;z-index:-251658752;mso-position-horizontal:left" type="#_x0000_t75">
+        <v:shape id="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.1pt;width:135.6pt;height:43.3pt;z-index:-251658752;mso-position-horizontal:left" type="#_x0000_t75">
           <v:imagedata o:title="" r:id="rId1"/>
         </v:shape>
-        <o:OLEObject Type="Embed" ProgID="MSPhotoEd.3" ShapeID="_x0000_s2050" DrawAspect="Content" ObjectID="_1789826415" r:id="rId2"/>
+        <o:OLEObject Type="Embed" ProgID="MSPhotoEd.3" ShapeID="_x0000_s1026" DrawAspect="Content" ObjectID="_1831622588" r:id="rId2"/>
       </w:object>
     </w:r>
     <w:r w:rsidRPr="00FE3B8C" w:rsidR="00D93733">
       <w:t>LATVIJAS REPUBLIKA</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidRPr="00FE3B8C" w:rsidR="00D93733" w:rsidP="00D93733" w:rsidRDefault="00D93733">
+  <w:p w:rsidRPr="00FE3B8C" w:rsidR="00D93733" w:rsidP="00D93733" w:rsidRDefault="00D93733" w14:paraId="4A091CA6" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00FE3B8C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>CIVILĀS AVIĀCIJAS AĢENTŪRA</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidRPr="00114C06" w:rsidR="00D93733" w:rsidP="00D93733" w:rsidRDefault="00D93733">
+  <w:p w:rsidRPr="00114C06" w:rsidR="00D93733" w:rsidP="00D93733" w:rsidRDefault="00D93733" w14:paraId="5A9CE013" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00114C06">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:t>Lidosta “Rīga” 10/1, Mārupes novads, LV-1053, Latvija</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidRPr="00114C06" w:rsidR="00D93733" w:rsidP="00D93733" w:rsidRDefault="00D93733">
+  <w:p w:rsidRPr="00114C06" w:rsidR="00D93733" w:rsidP="00D93733" w:rsidRDefault="00D93733" w14:paraId="4F4D1597" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
       </w:tabs>
       <w:spacing w:after="240"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00114C06">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:t xml:space="preserve">Tālr.: 67830936, e-pasts: </w:t>
     </w:r>
     <w:hyperlink w:history="1" r:id="rId3">
       <w:r w:rsidRPr="00114C06">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>caa@caa.gov.lv</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="434038C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="38DCBB8A"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10002,232 +9571,248 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1465657353">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003E5B49"/>
     <w:rsid w:val="000048EA"/>
     <w:rsid w:val="00010F00"/>
     <w:rsid w:val="00050651"/>
+    <w:rsid w:val="00070CDF"/>
     <w:rsid w:val="00071095"/>
     <w:rsid w:val="000A35A2"/>
+    <w:rsid w:val="000A3D71"/>
     <w:rsid w:val="000B4AF4"/>
     <w:rsid w:val="000D0B5D"/>
     <w:rsid w:val="000F5FE8"/>
     <w:rsid w:val="00111308"/>
     <w:rsid w:val="001322B2"/>
     <w:rsid w:val="00132632"/>
     <w:rsid w:val="00157A57"/>
     <w:rsid w:val="001D7865"/>
+    <w:rsid w:val="001F3C51"/>
+    <w:rsid w:val="001F7376"/>
     <w:rsid w:val="00214191"/>
     <w:rsid w:val="00224F1D"/>
     <w:rsid w:val="0029774E"/>
     <w:rsid w:val="002C3A78"/>
     <w:rsid w:val="002D6F84"/>
     <w:rsid w:val="00341408"/>
     <w:rsid w:val="00395F1F"/>
     <w:rsid w:val="003C1038"/>
     <w:rsid w:val="003E5B49"/>
     <w:rsid w:val="003F0516"/>
     <w:rsid w:val="0040716D"/>
     <w:rsid w:val="0043750D"/>
     <w:rsid w:val="00442C40"/>
     <w:rsid w:val="0045333D"/>
+    <w:rsid w:val="004712CE"/>
     <w:rsid w:val="00476472"/>
     <w:rsid w:val="00484388"/>
     <w:rsid w:val="00486F74"/>
     <w:rsid w:val="004900C5"/>
+    <w:rsid w:val="004A7F41"/>
     <w:rsid w:val="004B7913"/>
     <w:rsid w:val="004C7017"/>
+    <w:rsid w:val="00503125"/>
     <w:rsid w:val="00505831"/>
     <w:rsid w:val="00511170"/>
     <w:rsid w:val="005706F6"/>
     <w:rsid w:val="0058636C"/>
     <w:rsid w:val="00592E8F"/>
     <w:rsid w:val="005C3EA7"/>
     <w:rsid w:val="005E53B9"/>
     <w:rsid w:val="00634A93"/>
     <w:rsid w:val="00637A43"/>
     <w:rsid w:val="00640064"/>
     <w:rsid w:val="00646EE1"/>
     <w:rsid w:val="00655BD4"/>
     <w:rsid w:val="00673C88"/>
     <w:rsid w:val="006757EC"/>
     <w:rsid w:val="00681960"/>
     <w:rsid w:val="006C4B53"/>
     <w:rsid w:val="006C6BB5"/>
+    <w:rsid w:val="0070059B"/>
     <w:rsid w:val="0071017E"/>
+    <w:rsid w:val="0073625D"/>
     <w:rsid w:val="00741537"/>
+    <w:rsid w:val="00744C57"/>
     <w:rsid w:val="00773652"/>
     <w:rsid w:val="007947AF"/>
     <w:rsid w:val="007B647F"/>
     <w:rsid w:val="007F3A7D"/>
     <w:rsid w:val="007F6620"/>
     <w:rsid w:val="00856742"/>
     <w:rsid w:val="00896398"/>
+    <w:rsid w:val="008B61C1"/>
     <w:rsid w:val="008D077F"/>
     <w:rsid w:val="008E419D"/>
     <w:rsid w:val="009032BD"/>
     <w:rsid w:val="00907A1A"/>
     <w:rsid w:val="00907C37"/>
+    <w:rsid w:val="00914FF0"/>
     <w:rsid w:val="00916B07"/>
     <w:rsid w:val="00942360"/>
     <w:rsid w:val="009E4797"/>
     <w:rsid w:val="009E6057"/>
     <w:rsid w:val="009E6FBA"/>
     <w:rsid w:val="009E7C86"/>
     <w:rsid w:val="00A45D00"/>
     <w:rsid w:val="00A57C62"/>
+    <w:rsid w:val="00A861D7"/>
     <w:rsid w:val="00A94F26"/>
     <w:rsid w:val="00AA7254"/>
     <w:rsid w:val="00AE16F5"/>
     <w:rsid w:val="00B161CA"/>
     <w:rsid w:val="00B64F61"/>
     <w:rsid w:val="00B90EBE"/>
     <w:rsid w:val="00BA63E3"/>
     <w:rsid w:val="00BD0776"/>
     <w:rsid w:val="00BF5999"/>
     <w:rsid w:val="00C1636F"/>
     <w:rsid w:val="00C455C8"/>
     <w:rsid w:val="00C96B15"/>
     <w:rsid w:val="00CD6D22"/>
     <w:rsid w:val="00CF6958"/>
     <w:rsid w:val="00D07D50"/>
     <w:rsid w:val="00D10C48"/>
     <w:rsid w:val="00D3080B"/>
     <w:rsid w:val="00D3790F"/>
     <w:rsid w:val="00D4692B"/>
     <w:rsid w:val="00D60745"/>
     <w:rsid w:val="00D60C85"/>
     <w:rsid w:val="00D93733"/>
     <w:rsid w:val="00DA0392"/>
     <w:rsid w:val="00DF1480"/>
     <w:rsid w:val="00E031F4"/>
     <w:rsid w:val="00E177F8"/>
     <w:rsid w:val="00E53F9A"/>
+    <w:rsid w:val="00EA64B3"/>
     <w:rsid w:val="00F11524"/>
     <w:rsid w:val="00F17C23"/>
+    <w:rsid w:val="00F35D35"/>
     <w:rsid w:val="00F41B19"/>
     <w:rsid w:val="00F70766"/>
     <w:rsid w:val="00F86A29"/>
     <w:rsid w:val="00FE264A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="603D24F7"/>
   <w15:docId w15:val="{61A90809-A1A1-4253-86B0-5FDE12988EB6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -10559,50 +10144,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
@@ -10886,51 +10472,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="003F0516"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:b/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style9">
     <w:name w:val="Style9"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="009E4797"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="106700961">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="155148306">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10960,513 +10546,526 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1506869376">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.caa.gov.lv" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:caa@caa.gov.lv" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.caa.gov.lv" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:caa@caa.gov.lv" TargetMode="External"/></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:caa@caa.gov.lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D535D9241A174D55BF65D1AEDB8C5319"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1C310CB4-B8CF-4DC6-9251-59AA89A3739B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00AC519C" w:rsidRDefault="00BB5E09" w:rsidP="00BB5E09">
+        <w:p w:rsidR="00AC519C" w:rsidRDefault="004D7328" w:rsidP="004D7328">
           <w:pPr>
-            <w:pStyle w:val="D535D9241A174D55BF65D1AEDB8C53197"/>
+            <w:pStyle w:val="D535D9241A174D55BF65D1AEDB8C5319"/>
           </w:pPr>
           <w:r w:rsidRPr="00B90EBE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F3E3F2A42B3A4596AD1A8C78AE6544A8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FD15D675-96E8-450A-9B83-CEEF9503698C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00AC519C" w:rsidRDefault="00BB5E09" w:rsidP="00BB5E09">
+        <w:p w:rsidR="00AC519C" w:rsidRDefault="004D7328" w:rsidP="004D7328">
           <w:pPr>
-            <w:pStyle w:val="F3E3F2A42B3A4596AD1A8C78AE6544A86"/>
+            <w:pStyle w:val="F3E3F2A42B3A4596AD1A8C78AE6544A8"/>
           </w:pPr>
-          <w:r w:rsidRPr="00B90EBE">
+          <w:r w:rsidRPr="00F35D35">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:t>Click or tap here to enter text.</w:t>
+            <w:t>Enter the name and surname the same as in ID document</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5B5727C8D34440AEBD362966748E4813"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6144335D-46F0-417E-9F79-CF8B4932AC59}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00AC519C" w:rsidRDefault="00BB5E09" w:rsidP="00BB5E09">
+        <w:p w:rsidR="00AC519C" w:rsidRDefault="004D7328" w:rsidP="004D7328">
           <w:pPr>
-            <w:pStyle w:val="5B5727C8D34440AEBD362966748E48136"/>
+            <w:pStyle w:val="5B5727C8D34440AEBD362966748E4813"/>
           </w:pPr>
           <w:r w:rsidRPr="00B90EBE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="89364E1B2C4144FBBA0A9ED38F1A708E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D489C7A5-6BD0-4807-B019-48D58374F81E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D42C83" w:rsidRDefault="00BB5E09" w:rsidP="00BB5E09">
+        <w:p w:rsidR="00D42C83" w:rsidRDefault="004D7328" w:rsidP="004D7328">
           <w:pPr>
-            <w:pStyle w:val="89364E1B2C4144FBBA0A9ED38F1A708E6"/>
+            <w:pStyle w:val="89364E1B2C4144FBBA0A9ED38F1A708E"/>
           </w:pPr>
           <w:r w:rsidRPr="00B90EBE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D0385C98A4BB4879901302C6DE55B4EC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1844B566-B519-439B-A8F6-5D3F77471EF5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D42C83" w:rsidRDefault="00BB5E09" w:rsidP="00BB5E09">
+        <w:p w:rsidR="00D42C83" w:rsidRDefault="004D7328" w:rsidP="004D7328">
           <w:pPr>
-            <w:pStyle w:val="D0385C98A4BB4879901302C6DE55B4EC6"/>
+            <w:pStyle w:val="D0385C98A4BB4879901302C6DE55B4EC"/>
           </w:pPr>
           <w:r w:rsidRPr="00B90EBE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A4F50A3BAB904E77A89BAEF601512B0A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B3616BB3-C386-4335-89E2-68B4B925332D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D42C83" w:rsidRDefault="00BB5E09" w:rsidP="00BB5E09">
+        <w:p w:rsidR="00D42C83" w:rsidRDefault="004D7328" w:rsidP="004D7328">
           <w:pPr>
-            <w:pStyle w:val="A4F50A3BAB904E77A89BAEF601512B0A6"/>
+            <w:pStyle w:val="A4F50A3BAB904E77A89BAEF601512B0A"/>
           </w:pPr>
           <w:r w:rsidRPr="00B90EBE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="713808B8C39043ABA4AC899DA52F09FE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{88CB7117-3EDA-4840-B778-878C4AE11640}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D42C83" w:rsidRDefault="00BB5E09" w:rsidP="00BB5E09">
+        <w:p w:rsidR="00D42C83" w:rsidRDefault="004D7328" w:rsidP="004D7328">
           <w:pPr>
-            <w:pStyle w:val="713808B8C39043ABA4AC899DA52F09FE6"/>
+            <w:pStyle w:val="713808B8C39043ABA4AC899DA52F09FE"/>
           </w:pPr>
           <w:r w:rsidRPr="00B90EBE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="844C9C10BF45423A9658D3145923BEAE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4AF03F8B-EBC8-47AE-B698-201E40ABD1FB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D42C83" w:rsidRDefault="00BB5E09" w:rsidP="00BB5E09">
+        <w:p w:rsidR="00D42C83" w:rsidRDefault="004D7328" w:rsidP="004D7328">
           <w:pPr>
-            <w:pStyle w:val="844C9C10BF45423A9658D3145923BEAE6"/>
+            <w:pStyle w:val="844C9C10BF45423A9658D3145923BEAE"/>
           </w:pPr>
           <w:r w:rsidRPr="00B90EBE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="9715C84705F84A17BA5E2D9FB65ECFD1"/>
+        <w:name w:val="CE1CCA94FDDE40B99B822F53142D42B9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{53186D7A-59D5-4352-B5EE-FBB20138795F}"/>
+        <w:guid w:val="{7E410448-0010-4655-BCA0-CE1C62E3BF47}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00C95900" w:rsidRDefault="00BB5E09" w:rsidP="00BB5E09">
+        <w:p w:rsidR="001050EB" w:rsidRDefault="004D7328" w:rsidP="004D7328">
           <w:pPr>
-            <w:pStyle w:val="9715C84705F84A17BA5E2D9FB65ECFD14"/>
+            <w:pStyle w:val="CE1CCA94FDDE40B99B822F53142D42B9"/>
           </w:pPr>
-          <w:r w:rsidRPr="005706F6">
+          <w:r w:rsidRPr="00E00E99">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:sz w:val="16"/>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:t>Choose an item</w:t>
-[...5 lines deleted...]
-            <w:t>.</w:t>
+            <w:t>dd/mm/yyyy</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="8AFFF54C70B24B49B95CF6BBD4C479AD"/>
+        <w:name w:val="BD3E3536899F45AE93B24EE6C6DB1773"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{15FE9CA5-66EE-40E9-8493-D6CDCF96403E}"/>
+        <w:guid w:val="{47FC302C-B9E7-4EC0-A86C-68B34D4B8544}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00C95900" w:rsidRDefault="00BB5E09" w:rsidP="00BB5E09">
+        <w:p w:rsidR="004D7328" w:rsidRDefault="004D7328" w:rsidP="004D7328">
           <w:pPr>
-            <w:pStyle w:val="8AFFF54C70B24B49B95CF6BBD4C479AD1"/>
+            <w:pStyle w:val="BD3E3536899F45AE93B24EE6C6DB1773"/>
           </w:pPr>
-          <w:r w:rsidRPr="00673C88">
+          <w:r w:rsidRPr="00B90EBE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:sz w:val="18"/>
-              <w:szCs w:val="18"/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...1 lines deleted...]
-    <w:charset w:val="BA"/>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C53A5D"/>
+    <w:rsid w:val="00070CDF"/>
+    <w:rsid w:val="000A3D71"/>
+    <w:rsid w:val="001050EB"/>
     <w:rsid w:val="0012606B"/>
     <w:rsid w:val="00377506"/>
     <w:rsid w:val="004A206B"/>
+    <w:rsid w:val="004D7328"/>
     <w:rsid w:val="00555E25"/>
+    <w:rsid w:val="005E3BF9"/>
+    <w:rsid w:val="0070059B"/>
+    <w:rsid w:val="0073625D"/>
+    <w:rsid w:val="007B13B4"/>
+    <w:rsid w:val="007D4DD5"/>
+    <w:rsid w:val="00916B54"/>
+    <w:rsid w:val="00922AAB"/>
     <w:rsid w:val="009557AD"/>
     <w:rsid w:val="00AC519C"/>
     <w:rsid w:val="00BB5E09"/>
     <w:rsid w:val="00C53A5D"/>
     <w:rsid w:val="00C95900"/>
     <w:rsid w:val="00D42C83"/>
+    <w:rsid w:val="00E55164"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -11798,989 +11397,357 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BB5E09"/>
+    <w:rsid w:val="004D7328"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="597C6A4DEBDD477AB76A2E0320D3C4BD">
-[...1 lines deleted...]
-    <w:rsid w:val="00377506"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BD3E3536899F45AE93B24EE6C6DB1773">
+    <w:name w:val="BD3E3536899F45AE93B24EE6C6DB1773"/>
+    <w:rsid w:val="004D7328"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D535D9241A174D55BF65D1AEDB8C5319">
     <w:name w:val="D535D9241A174D55BF65D1AEDB8C5319"/>
-    <w:rsid w:val="00377506"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00377506"/>
+    <w:rsid w:val="004D7328"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F3E3F2A42B3A4596AD1A8C78AE6544A8">
     <w:name w:val="F3E3F2A42B3A4596AD1A8C78AE6544A8"/>
-    <w:rsid w:val="00377506"/>
+    <w:rsid w:val="004D7328"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CE1CCA94FDDE40B99B822F53142D42B9">
+    <w:name w:val="CE1CCA94FDDE40B99B822F53142D42B9"/>
+    <w:rsid w:val="004D7328"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5B5727C8D34440AEBD362966748E4813">
     <w:name w:val="5B5727C8D34440AEBD362966748E4813"/>
-    <w:rsid w:val="00377506"/>
+    <w:rsid w:val="004D7328"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="89695BF8829B4A758A95C12B8F7E1D5A">
-[...1 lines deleted...]
-    <w:rsid w:val="00377506"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="89364E1B2C4144FBBA0A9ED38F1A708E">
+    <w:name w:val="89364E1B2C4144FBBA0A9ED38F1A708E"/>
+    <w:rsid w:val="004D7328"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A466B916C10A48459CC122C7720525D8">
-[...1 lines deleted...]
-    <w:rsid w:val="00377506"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D0385C98A4BB4879901302C6DE55B4EC">
+    <w:name w:val="D0385C98A4BB4879901302C6DE55B4EC"/>
+    <w:rsid w:val="004D7328"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="54A76C7CF2204E44A4FF7256D99DA04E">
-[...1 lines deleted...]
-    <w:rsid w:val="00377506"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A4F50A3BAB904E77A89BAEF601512B0A">
+    <w:name w:val="A4F50A3BAB904E77A89BAEF601512B0A"/>
+    <w:rsid w:val="004D7328"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9FB13F47DA443C5AE8E40E55B46B55B">
-[...1 lines deleted...]
-    <w:rsid w:val="00377506"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="713808B8C39043ABA4AC899DA52F09FE">
+    <w:name w:val="713808B8C39043ABA4AC899DA52F09FE"/>
+    <w:rsid w:val="004D7328"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="04001B415F1642E19D3C284E5E1634D4">
-[...22 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="844C9C10BF45423A9658D3145923BEAE">
     <w:name w:val="844C9C10BF45423A9658D3145923BEAE"/>
-    <w:rsid w:val="00555E25"/>
-[...3 lines deleted...]
-    <w:rsid w:val="009557AD"/>
+    <w:rsid w:val="004D7328"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F3E3F2A42B3A4596AD1A8C78AE6544A81">
-[...1 lines deleted...]
-    <w:rsid w:val="009557AD"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BD3E3536899F45AE93B24EE6C6DB17734">
+    <w:name w:val="BD3E3536899F45AE93B24EE6C6DB17734"/>
+    <w:rsid w:val="00916B54"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5B5727C8D34440AEBD362966748E48131">
-[...93 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D535D9241A174D55BF65D1AEDB8C53193">
     <w:name w:val="D535D9241A174D55BF65D1AEDB8C53193"/>
-    <w:rsid w:val="009557AD"/>
-[...133 lines deleted...]
-    <w:rsid w:val="00BB5E09"/>
+    <w:rsid w:val="00916B54"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F3E3F2A42B3A4596AD1A8C78AE6544A83">
     <w:name w:val="F3E3F2A42B3A4596AD1A8C78AE6544A83"/>
-    <w:rsid w:val="00BB5E09"/>
+    <w:rsid w:val="00916B54"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CE1CCA94FDDE40B99B822F53142D42B94">
+    <w:name w:val="CE1CCA94FDDE40B99B822F53142D42B94"/>
+    <w:rsid w:val="00916B54"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5B5727C8D34440AEBD362966748E48133">
     <w:name w:val="5B5727C8D34440AEBD362966748E48133"/>
-    <w:rsid w:val="00BB5E09"/>
+    <w:rsid w:val="00916B54"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="89364E1B2C4144FBBA0A9ED38F1A708E3">
     <w:name w:val="89364E1B2C4144FBBA0A9ED38F1A708E3"/>
-    <w:rsid w:val="00BB5E09"/>
+    <w:rsid w:val="00916B54"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D0385C98A4BB4879901302C6DE55B4EC3">
     <w:name w:val="D0385C98A4BB4879901302C6DE55B4EC3"/>
-    <w:rsid w:val="00BB5E09"/>
+    <w:rsid w:val="00916B54"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A4F50A3BAB904E77A89BAEF601512B0A3">
     <w:name w:val="A4F50A3BAB904E77A89BAEF601512B0A3"/>
-    <w:rsid w:val="00BB5E09"/>
+    <w:rsid w:val="00916B54"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="713808B8C39043ABA4AC899DA52F09FE3">
     <w:name w:val="713808B8C39043ABA4AC899DA52F09FE3"/>
-    <w:rsid w:val="00BB5E09"/>
+    <w:rsid w:val="00916B54"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="844C9C10BF45423A9658D3145923BEAE3">
     <w:name w:val="844C9C10BF45423A9658D3145923BEAE3"/>
-    <w:rsid w:val="00BB5E09"/>
-[...406 lines deleted...]
-    <w:rsid w:val="00BB5E09"/>
+    <w:rsid w:val="00916B54"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -13031,83 +11998,356 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b5f85c47-283b-4062-ae0b-411e3d4e08af">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="74c49937-2223-491f-8985-b14acc04ca45" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100C85A1617D9342140A99B9CBC51FA3D6A" ma:contentTypeVersion="13" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="e98c21876e2705d1e279d67e2e0d83d5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b5f85c47-283b-4062-ae0b-411e3d4e08af" xmlns:ns3="74c49937-2223-491f-8985-b14acc04ca45" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9bd873c259e8ded2592a30b24dc9ad97" ns2:_="" ns3:_="">
+    <xsd:import namespace="b5f85c47-283b-4062-ae0b-411e3d4e08af"/>
+    <xsd:import namespace="74c49937-2223-491f-8985-b14acc04ca45"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b5f85c47-283b-4062-ae0b-411e3d4e08af" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="11" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="12" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="16" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="dee04b70-ef6a-472e-8cff-5535f4e4ee59" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="18" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="74c49937-2223-491f-8985-b14acc04ca45" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{141a2493-4d2e-41f6-9099-6afcf0efe3f6}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="74c49937-2223-491f-8985-b14acc04ca45">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5EF689D1-843F-42BC-9095-0F5B752DA61F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b5f85c47-283b-4062-ae0b-411e3d4e08af"/>
+    <ds:schemaRef ds:uri="74c49937-2223-491f-8985-b14acc04ca45"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{880C220B-3FFE-44FE-83F6-1B961232C39C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D30AA0C1-3135-4878-9963-71F0C8961312}"/>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD6128F3-05D3-4C3F-9FA2-847DF35D192C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>3605</Words>
-  <Characters>2055</Characters>
+  <Words>3628</Words>
+  <Characters>2069</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5649</CharactersWithSpaces>
+  <CharactersWithSpaces>5686</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Armands Ozolins</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100C85A1617D9342140A99B9CBC51FA3D6A</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
+    <vt:r8>4674600</vt:r8>
+  </property>
+</Properties>
+</file>