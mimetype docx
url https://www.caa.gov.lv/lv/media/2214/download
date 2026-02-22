--- v0 (2025-10-07)
+++ v1 (2026-02-22)
@@ -1,593 +1,650 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w:rsidRPr="00F37747" w:rsidR="00F37747" w:rsidP="004147F2" w:rsidRDefault="00F37747" w14:paraId="0AFA2CEC" w14:textId="3D8E7CFD">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F37747">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>APPLICATION AND REPORT FORM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00F37747" w:rsidR="00CF6958" w:rsidP="00F37747" w:rsidRDefault="00D92DCE" w14:paraId="16796EBA" w14:textId="590EBEDF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4820"/>
           <w:tab w:val="right" w:pos="9638"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F37747">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>THEORETICAL KNOWLEDGE EXAMINATION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F37747" w:rsidR="00F37747" w:rsidP="00F37747" w:rsidRDefault="00735902" w14:paraId="29B85B98" w14:textId="77777777">
+    <w:p w:rsidRPr="00F37747" w:rsidR="00F37747" w:rsidP="00F37747" w:rsidRDefault="00000000" w14:paraId="29B85B98" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Style8"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="237137398"/>
+          <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="F9D93096816B4585A3F3DF5E6404978A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="LAPL (A)" w:value="LAPL (A)"/>
-            <w:listItem w:displayText="LAPL (B)" w:value="LAPL (B)"/>
+            <w:listItem w:displayText="LAPL (H)" w:value="LAPL (H)"/>
             <w:listItem w:displayText="PPL (A)" w:value="PPL (A)"/>
             <w:listItem w:displayText="PPL (H)" w:value="PPL (H)"/>
             <w:listItem w:displayText="PPL (As)" w:value="PPL (As)"/>
             <w:listItem w:displayText="BPL" w:value="BPL"/>
             <w:listItem w:displayText="SPL" w:value="SPL"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="DefaultParagraphFont"/>
             <w:b w:val="0"/>
             <w:sz w:val="28"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00F37747" w:rsidR="00F37747">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:sz w:val="28"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3964"/>
         <w:gridCol w:w="5664"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="00F37747" w:rsidR="00634A93" w:rsidTr="00F37747" w14:paraId="640FD713" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00634A93" w:rsidP="00484388" w:rsidRDefault="00634A93" w14:paraId="4B998932" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Applicant’s Name, Surname:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Style7"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             </w:rPr>
             <w:alias w:val="Name, Surname"/>
             <w:tag w:val="Name, Surname"/>
             <w:id w:val="418686787"/>
+            <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="298E1EC16EE2408DBEA3A858EAE0E344"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="DefaultParagraphFont"/>
               <w:b w:val="0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="32"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5664" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidRPr="00F37747" w:rsidR="00634A93" w:rsidP="00484388" w:rsidRDefault="00BA3E08" w14:paraId="5C3122C5" w14:textId="63F77EF8">
+              <w:p w:rsidRPr="00F37747" w:rsidR="00634A93" w:rsidP="00484388" w:rsidRDefault="00D036F8" w14:paraId="5C3122C5" w14:textId="1B19C509">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="32"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F37747">
+                <w:r w:rsidRPr="00F35D35">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                    <w:lang w:val="en-US"/>
                   </w:rPr>
-                  <w:t>Click or tap here to enter text.</w:t>
+                  <w:t>Enter the name and surname the same as in ID document</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidRPr="00F37747" w:rsidR="00634A93" w:rsidTr="00F37747" w14:paraId="5E192AED" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F37747" w:rsidR="00634A93" w:rsidP="00484388" w:rsidRDefault="00634A93" w14:paraId="4EBAE93D" w14:textId="163EECF1">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F37747" w:rsidR="00634A93" w:rsidP="00484388" w:rsidRDefault="00634A93" w14:paraId="4EBAE93D" w14:textId="44D2DAFB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>ID or Date of Birth</w:t>
+              <w:t>Date of Birth</w:t>
             </w:r>
             <w:r w:rsidR="00AC0B5A">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> / Nationality</w:t>
             </w:r>
             <w:r w:rsidRPr="00F37747">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5664" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F37747" w:rsidR="00634A93" w:rsidP="00484388" w:rsidRDefault="00000000" w14:paraId="7392B43B" w14:textId="37DB86B1">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rStyle w:val="Style2"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:alias w:val="dd/mm/yyyy"/>
+                <w:tag w:val="dd/mm/yyyy"/>
+                <w:id w:val="955442291"/>
+                <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="03AE4B100F4F480583B7AD07FC291146"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:date w:fullDate="2026-02-03T00:00:00Z">
+                  <w:dateFormat w:val="dd/MM/yyyy"/>
+                  <w:lid w:val="lv-LV"/>
+                  <w:storeMappedDataAs w:val="dateTime"/>
+                  <w:calendar w:val="gregorian"/>
+                </w:date>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00E00E99" w:rsidR="005F43B9">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>dd/mm/yyyy</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="005F43B9">
+              <w:rPr>
+                <w:rStyle w:val="Style2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005F43B9">
+              <w:rPr>
+                <w:rStyle w:val="Style2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="005F43B9">
+              <w:rPr>
+                <w:rStyle w:val="Style9"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rStyle w:val="Style9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                </w:rPr>
+                <w:alias w:val="Nationality"/>
+                <w:tag w:val="Nationality"/>
+                <w:id w:val="-1005202769"/>
+                <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="27C1B92B555A4DF7A030CF85351F436D"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="DefaultParagraphFont"/>
+                  <w:sz w:val="24"/>
+                  <w:lang w:val="en-GB"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00F37747" w:rsidR="00BA3E08">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00F37747" w:rsidR="00634A93" w:rsidTr="00F37747" w14:paraId="4F21E091" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F37747" w:rsidR="00634A93" w:rsidP="00484388" w:rsidRDefault="00634A93" w14:paraId="0690AABB" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F37747">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>E-mail</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F37747" w:rsidR="003C1038">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Style9"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             </w:rPr>
-            <w:alias w:val="ID od Date of Birth"/>
-[...1 lines deleted...]
-            <w:id w:val="-1005202769"/>
+            <w:alias w:val="E-mail"/>
+            <w:tag w:val="E-mail"/>
+            <w:id w:val="827093643"/>
+            <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="986EF25018144EEA857006BA01ED57D8"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="DefaultParagraphFont"/>
               <w:sz w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5664" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...81 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w:rsidRPr="00F37747" w:rsidR="00634A93" w:rsidP="00484388" w:rsidRDefault="00BA3E08" w14:paraId="76F2793C" w14:textId="35E5820A">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00F37747">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidRPr="00F37747" w:rsidR="003C1038" w:rsidTr="00F37747" w14:paraId="73A0529C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="003C1038" w:rsidP="00484388" w:rsidRDefault="003C1038" w14:paraId="61B0F88F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Phone number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Style9"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             </w:rPr>
             <w:alias w:val="Phone number"/>
             <w:tag w:val="Phone number"/>
             <w:id w:val="-1734693922"/>
+            <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="BFFBF631C0D34890BED680953D135EC6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="Style3"/>
               <w:b/>
               <w:sz w:val="28"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5664" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w:rsidRPr="00F37747" w:rsidR="003C1038" w:rsidP="00484388" w:rsidRDefault="00BA3E08" w14:paraId="5D3C76A4" w14:textId="4A88A835">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:rPr>
                     <w:rStyle w:val="Style3"/>
                     <w:sz w:val="28"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00F37747">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidRPr="00F37747" w:rsidR="00CF6958" w:rsidTr="00F37747" w14:paraId="3D0F1FE6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00CF6958" w:rsidP="00484388" w:rsidRDefault="00CF6958" w14:paraId="688E0D20" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Style9"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             </w:rPr>
             <w:alias w:val="Address"/>
             <w:tag w:val="Address"/>
             <w:id w:val="1455367306"/>
+            <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="C0566CC81C3042EEBEA8EEDFF7169C11"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="Style5"/>
               <w:b/>
               <w:sz w:val="32"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5664" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w:rsidRPr="00F37747" w:rsidR="00CF6958" w:rsidP="00484388" w:rsidRDefault="001A4AE8" w14:paraId="2C9A788A" w14:textId="4441A763">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:rPr>
                     <w:rStyle w:val="Style5"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00F37747">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidRPr="00F37747" w:rsidR="00634A93" w:rsidTr="00F37747" w14:paraId="5B621342" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00634A93" w:rsidP="00484388" w:rsidRDefault="00634A93" w14:paraId="08478543" w14:textId="28FD65D1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Approved Training Organisation (ATO)</w:t>
             </w:r>
             <w:r w:rsidRPr="00F37747" w:rsidR="003C060B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F37747" w:rsidR="00F37747">
@@ -621,67 +678,67 @@
             <w:r w:rsidRPr="00F37747" w:rsidR="003C060B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>raining organization (DTO)</w:t>
             </w:r>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Style9"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             </w:rPr>
             <w:alias w:val="Name of ATO or DTO"/>
             <w:tag w:val="Name of ATO or DTO"/>
             <w:id w:val="-1984757429"/>
+            <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="36553CF285C14A9185863F50B35FDDF5"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="DefaultParagraphFont"/>
               <w:sz w:val="24"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5664" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w:rsidRPr="00F37747" w:rsidR="00287792" w:rsidP="00484388" w:rsidRDefault="001A4AE8" w14:paraId="3AD0127D" w14:textId="259CFF11">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00F37747">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00D92DCE" w:rsidRDefault="00D92DCE" w14:paraId="5C89C09D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
@@ -732,57 +789,57 @@
       <w:r w:rsidRPr="00F37747">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="1"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:name="Check2" w:id="0"/>
       <w:r w:rsidRPr="00F37747">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00735902">
-[...5 lines deleted...]
-      <w:r w:rsidR="00735902">
+      <w:r w:rsidRPr="00F37747">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00F37747">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00F37747">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00F37747">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> English.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00D92DCE" w:rsidRDefault="00D92DCE" w14:paraId="798FB768" w14:textId="6FA3D6F3">
       <w:pPr>
         <w:spacing w:before="120"/>
@@ -916,51 +973,50 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F37747" w:rsidR="005D4B73">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1730687115"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
             <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00F37747" w:rsidR="005D4B73">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00F37747" w:rsidR="005D4B73">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F37747">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(EU) No 1178/2011 FCL.025</w:t>
       </w:r>
@@ -970,98 +1026,96 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00F37747" w:rsidR="005D4B73">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-28949483"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
             <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00F37747" w:rsidR="005D4B73">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00F37747" w:rsidR="005D4B73">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F37747" w:rsidR="007D7D2F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(EU) No 2018/395 BFCL.135 BPL</w:t>
       </w:r>
       <w:r w:rsidRPr="00F37747" w:rsidR="005D4B73">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1038587833"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
             <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00F37747" w:rsidR="005D4B73">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00F37747" w:rsidR="005D4B73">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F37747" w:rsidR="007D7D2F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">(EU) No </w:t>
       </w:r>
@@ -1128,51 +1182,50 @@
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1824"/>
         <w:gridCol w:w="1342"/>
         <w:gridCol w:w="491"/>
         <w:gridCol w:w="1286"/>
         <w:gridCol w:w="543"/>
         <w:gridCol w:w="1359"/>
         <w:gridCol w:w="470"/>
         <w:gridCol w:w="1304"/>
         <w:gridCol w:w="524"/>
         <w:gridCol w:w="485"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="00F37747" w:rsidR="00A94F26" w:rsidTr="0006503D" w14:paraId="062104FF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00D92DCE" w:rsidRDefault="00D92DCE" w14:paraId="179B1C3A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Subjects /</w:t>
             </w:r>
           </w:p>
@@ -1185,323 +1238,312 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>attempts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4053" w:type="pct"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00A94F26" w:rsidP="00D92DCE" w:rsidRDefault="00A94F26" w14:paraId="11DA7E03" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Theoretical Knowledge Examination Results</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00F37747" w:rsidR="005072D0" w:rsidTr="0006503D" w14:paraId="49FBC4BD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00D92DCE" w:rsidRDefault="00DB6298" w14:paraId="3BC95E30" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00D92DCE" w:rsidRDefault="0006503D" w14:paraId="372F3014" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00D92DCE" w:rsidRDefault="00DB6298" w14:paraId="28544489" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00D92DCE" w:rsidRDefault="0006503D" w14:paraId="43D60A5F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="282" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00D92DCE" w:rsidRDefault="00DB6298" w14:paraId="0558A6BF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00D92DCE" w:rsidRDefault="0006503D" w14:paraId="3501A4C2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="244" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00D92DCE" w:rsidRDefault="00DB6298" w14:paraId="1B1A893C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="677" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00D92DCE" w:rsidRDefault="0006503D" w14:paraId="640F85B5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="272" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00D92DCE" w:rsidRDefault="00DB6298" w14:paraId="42895276" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="252" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00D92DCE" w:rsidRDefault="00DB6298" w14:paraId="292D4D50" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -1718,226 +1760,216 @@
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="6ACF71B5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00F37747" w:rsidR="0006503D" w:rsidTr="0006503D" w14:paraId="4405EE19" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="3B645619" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>020 Aircraft Gen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="1347E1A4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="47A7FAEA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="1251AE8A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="282" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="62A19B34" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="6CCC0722" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="244" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="6A3A9D1C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="677" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="65AA1B74" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="272" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="49EC1AA4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="252" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="01C6D5D5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00F37747" w:rsidR="000C26DC" w:rsidTr="000C26DC" w14:paraId="1129CCEB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
@@ -2144,250 +2176,216 @@
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="21428D0C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00F37747" w:rsidR="0006503D" w:rsidTr="0006503D" w14:paraId="0939B320" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="0BA718C2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">040 Human </w:t>
-[...23 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>040 Human Perfor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="246D8599" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="18AAFE20" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="72E3C64C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="282" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="273B460D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="27FB1EB1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="244" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="67D52817" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="677" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="776FF89B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="272" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="1DA154FC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="252" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="514618FE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00F37747" w:rsidR="000C26DC" w:rsidTr="000C26DC" w14:paraId="73BD8F60" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
@@ -2594,226 +2592,216 @@
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="62FBDF97" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00F37747" w:rsidR="0006503D" w:rsidTr="0006503D" w14:paraId="165B0DCC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="4A3248D1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>060 Navigation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="062045FB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="1F296FAC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="13ADE9E3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="282" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="11F2591F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="1951C1D2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="244" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="70855AAC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="677" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="46F459F7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="272" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="272C3EB6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="252" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="676E87C2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00F37747" w:rsidR="000C26DC" w:rsidTr="000C26DC" w14:paraId="5B7ED03D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
@@ -3020,321 +3008,263 @@
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="0FF8EBE8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00F37747" w:rsidR="0006503D" w:rsidTr="0006503D" w14:paraId="1B4773F4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="2B078D67" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">080 </w:t>
-[...23 lines deleted...]
-              <w:t>. of Flight</w:t>
+              <w:t>080 Princ. of Flight</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="5BC868B4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="3265BBC0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="03E07FFB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="282" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="569A81BF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="007053C2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="244" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="7049E502" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="677" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="5DE36C05" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="272" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="78B3EF94" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="252" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="29FAF2F5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00F37747" w:rsidR="000C26DC" w:rsidTr="000C26DC" w14:paraId="6870C649" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="1F380E0A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">090 </w:t>
-[...23 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>090 Communicat.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00DB6298" w:rsidP="00BA3E08" w:rsidRDefault="00DB6298" w14:paraId="447F6A87" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
@@ -3489,164 +3419,143 @@
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F37747">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Training and examination section conclusion:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F37747">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F37747">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">An applicant </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> successfully completed the required theoretical knowledge examination for the appropriate pilot licence according to Commission Regulation </w:t>
+        <w:t xml:space="preserve">An applicant has successfully completed the required theoretical knowledge examination for the appropriate pilot licence according to Commission Regulation </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1660264509"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
             <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00F37747" w:rsidR="00BA3E08">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00F37747" w:rsidR="00BA3E08">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (EU) No 1178/2011 FCL.025;</w:t>
       </w:r>
       <w:r w:rsidRPr="00F37747" w:rsidR="00BA3E08">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1278021100"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
             <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00F37747" w:rsidR="00BA3E08">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00F37747" w:rsidR="00BA3E08">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (EU) No 2018/395 BFCL.135 BPL</w:t>
       </w:r>
       <w:r w:rsidRPr="00F37747" w:rsidR="00BA3E08">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1301338577"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
             <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00F37747" w:rsidR="00BA3E08">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00F37747" w:rsidR="00BA3E08">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (EU) No </w:t>
       </w:r>
       <w:r w:rsidRPr="00F37747" w:rsidR="00BA3E08">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">2018/1976 </w:t>
@@ -3826,76 +3735,74 @@
       <w:r w:rsidRPr="00FD7DF4">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F37747" w:rsidR="00D92DCE">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(Name, Surname / Date / Signature)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00F37747" w:rsidR="00D93733" w:rsidP="004B7913" w:rsidRDefault="00D93733" w14:paraId="103E50D2" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:sectPr w:rsidRPr="00F37747" w:rsidR="00D93733" w:rsidSect="00F37747">
-          <w:headerReference w:type="default" r:id="rId8"/>
-[...3 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId12"/>
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:footerReference w:type="even" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
+          <w:footerReference w:type="first" r:id="rId15"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="284" w:footer="284" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_GoBack" w:id="6"/>
-      <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w:rsidRPr="00E8051E" w:rsidR="00D92DCE" w:rsidP="00D92DCE" w:rsidRDefault="00D92DCE" w14:paraId="41AF504C" w14:textId="3CFAFEB4">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hlk49517620" w:id="7"/>
+      <w:bookmarkStart w:name="_Hlk49517620" w:id="6"/>
       <w:r w:rsidRPr="00F37747">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Theoretical knowledge examination rules </w:t>
       </w:r>
       <w:r w:rsidRPr="00E8051E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">and procedures according to </w:t>
       </w:r>
       <w:r w:rsidRPr="00E8051E">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Commission Regulation (EU) No</w:t>
@@ -3974,51 +3881,51 @@
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00E8051E" w:rsidR="008045FB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>54</w:t>
       </w:r>
       <w:r w:rsidRPr="00E8051E" w:rsidR="00F37747">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00D92DCE" w:rsidRDefault="00D92DCE" w14:paraId="7DA83C70" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CM4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E8051E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Applicants shall take the entire set of theoretical knowledge examinations</w:t>
       </w:r>
       <w:r w:rsidRPr="00F37747">
@@ -4562,83 +4469,83 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check3" w:id="8"/>
+            <w:bookmarkStart w:name="Check3" w:id="7"/>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00735902">
-[...6 lines deleted...]
-            <w:r w:rsidR="00735902">
+            <w:r w:rsidRPr="00F37747">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="6186C33D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -4711,239 +4618,233 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="64322A58" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidTr="0006503D" w14:paraId="4962279E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="5C0E4DDA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>020 Aircraft Gen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="2BCD8AA0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check4" w:id="9"/>
+            <w:bookmarkStart w:name="Check4" w:id="8"/>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00735902">
-[...6 lines deleted...]
-            <w:r w:rsidR="00735902">
+            <w:r w:rsidRPr="00F37747">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="074BDB38" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="0425A493" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="33275BD7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="07FB290A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidTr="00977E44" w14:paraId="60199EC9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
@@ -4989,83 +4890,83 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check5" w:id="10"/>
+            <w:bookmarkStart w:name="Check5" w:id="9"/>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00735902">
-[...6 lines deleted...]
-            <w:r w:rsidR="00735902">
+            <w:r w:rsidRPr="00F37747">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="41B66E1F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -5138,262 +5039,232 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="665182F3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidTr="0006503D" w14:paraId="4DA54A57" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="51ED5E2F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">040 Human </w:t>
-[...23 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>040 Human Perfor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="1A4310C3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check6" w:id="11"/>
+            <w:bookmarkStart w:name="Check6" w:id="10"/>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00735902">
-[...6 lines deleted...]
-            <w:r w:rsidR="00735902">
+            <w:r w:rsidRPr="00F37747">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="19E6BA98" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="43912412" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="3221B1FD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="51B5FC85" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidTr="00977E44" w14:paraId="53BF400A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
@@ -5439,83 +5310,83 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check7" w:id="12"/>
+            <w:bookmarkStart w:name="Check7" w:id="11"/>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00735902">
-[...6 lines deleted...]
-            <w:r w:rsidR="00735902">
+            <w:r w:rsidRPr="00F37747">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="111215D2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -5587,237 +5458,231 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="20C8D5D0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidTr="0006503D" w14:paraId="63045B98" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="6B08914D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>060 Navigation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="42BB36BA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check8" w:id="13"/>
+            <w:bookmarkStart w:name="Check8" w:id="12"/>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00735902">
-[...6 lines deleted...]
-            <w:r w:rsidR="00735902">
+            <w:r w:rsidRPr="00F37747">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="232F4BDF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="687E7CBB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="57840027" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="7E06B96C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidTr="00977E44" w14:paraId="5E28E5B1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
@@ -5863,83 +5728,83 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check9" w:id="14"/>
+            <w:bookmarkStart w:name="Check9" w:id="13"/>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00735902">
-[...6 lines deleted...]
-            <w:r w:rsidR="00735902">
+            <w:r w:rsidRPr="00F37747">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="252423C1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -6011,407 +5876,353 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="63E187F0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidTr="0006503D" w14:paraId="249965EF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="62009988" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">080 </w:t>
-[...23 lines deleted...]
-              <w:t>. of Flight</w:t>
+              <w:t>080 Princ. of Flight</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="4C0ED544" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check10" w:id="15"/>
+            <w:bookmarkStart w:name="Check10" w:id="14"/>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00735902">
-[...6 lines deleted...]
-            <w:r w:rsidR="00735902">
+            <w:r w:rsidRPr="00F37747">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="701869E4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="73A34803" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="5A0E826A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="79AE08ED" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidTr="00977E44" w14:paraId="3869C870" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="2BE842CA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">090 </w:t>
-[...23 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>090 Communicat.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="0857055F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:name="Check11" w:id="16"/>
+            <w:bookmarkStart w:name="Check11" w:id="15"/>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00735902">
-[...6 lines deleted...]
-            <w:r w:rsidR="00735902">
+            <w:r w:rsidRPr="00F37747">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F37747" w:rsidR="00D92DCE" w:rsidP="00BA3E08" w:rsidRDefault="00D92DCE" w14:paraId="0D75B3A7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F37747">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -6501,197 +6312,198 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="00F37747" w:rsidR="0071017E" w:rsidP="0071017E" w:rsidRDefault="0071017E" w14:paraId="4D3B4FC5" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="00F37747" w:rsidR="0071017E" w:rsidSect="00F37747">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="284" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="74CB25F9" w14:textId="77777777" w:rsidR="001740D0" w:rsidRDefault="001740D0" w:rsidP="00F41B19">
+    <w:p w14:paraId="3A623C24" w14:textId="77777777" w:rsidR="006454C9" w:rsidRDefault="006454C9" w:rsidP="00F41B19">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B41179C" w14:textId="77777777" w:rsidR="001740D0" w:rsidRDefault="001740D0" w:rsidP="00F41B19">
+    <w:p w14:paraId="473DED5F" w14:textId="77777777" w:rsidR="006454C9" w:rsidRDefault="006454C9" w:rsidP="00F41B19">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="RobustaTLPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1717509265"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="6ACC8985" w14:textId="0007E8CD" w:rsidR="00F37747" w:rsidRPr="006541F1" w:rsidRDefault="000B0C21" w:rsidP="00F37747">
+      <w:p w14:paraId="6ACC8985" w14:textId="44B8B96E" w:rsidR="00F37747" w:rsidRPr="006541F1" w:rsidRDefault="000B0C21" w:rsidP="00F37747">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:tabs>
             <w:tab w:val="clear" w:pos="4153"/>
             <w:tab w:val="clear" w:pos="8306"/>
             <w:tab w:val="center" w:pos="4820"/>
             <w:tab w:val="right" w:pos="9638"/>
           </w:tabs>
           <w:spacing w:before="120"/>
         </w:pPr>
         <w:r>
-          <w:t>v.1</w:t>
+          <w:t>v.</w:t>
+        </w:r>
+        <w:r w:rsidR="009E392A">
+          <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00E8051E" w:rsidRPr="006541F1">
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="2081640089"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:r w:rsidR="00CD00F6" w:rsidRPr="00D65E02">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00CD00F6" w:rsidRPr="00D65E02">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
             <w:r w:rsidR="00CD00F6" w:rsidRPr="00D65E02">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00CD00F6" w:rsidRPr="00D65E02">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
@@ -6739,87 +6551,88 @@
             </w:r>
             <w:r w:rsidR="00CD00F6" w:rsidRPr="00D65E02">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E8051E" w:rsidRPr="006541F1">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00735902" w:rsidRPr="00735902">
               <w:t>3.7.6_1</w:t>
             </w:r>
             <w:r w:rsidR="00735902">
               <w:t>b</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1396811898"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="7611B663" w14:textId="1B819A7F" w:rsidR="00F37747" w:rsidRPr="006541F1" w:rsidRDefault="000B0C21" w:rsidP="00F37747">
+      <w:p w14:paraId="7611B663" w14:textId="61BAA532" w:rsidR="00F37747" w:rsidRPr="006541F1" w:rsidRDefault="000B0C21" w:rsidP="00F37747">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:tabs>
             <w:tab w:val="clear" w:pos="4153"/>
             <w:tab w:val="clear" w:pos="8306"/>
             <w:tab w:val="center" w:pos="4820"/>
             <w:tab w:val="right" w:pos="9638"/>
           </w:tabs>
           <w:spacing w:before="120"/>
         </w:pPr>
         <w:r>
-          <w:t>v.1</w:t>
+          <w:t>v.</w:t>
+        </w:r>
+        <w:r w:rsidR="009E392A">
+          <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00F37747" w:rsidRPr="006541F1">
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1728636285"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:r w:rsidR="00CD00F6" w:rsidRPr="00D65E02">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00CD00F6" w:rsidRPr="00D65E02">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
             <w:r w:rsidR="00CD00F6" w:rsidRPr="00D65E02">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00CD00F6" w:rsidRPr="00D65E02">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
@@ -6867,51 +6680,51 @@
             </w:r>
             <w:r w:rsidR="00CD00F6" w:rsidRPr="00D65E02">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00F37747" w:rsidRPr="006541F1">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00735902" w:rsidRPr="00735902">
               <w:t>3.7.6_1</w:t>
             </w:r>
             <w:r w:rsidR="00735902">
               <w:t>b</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="66706856" w14:textId="77777777" w:rsidR="0017388A" w:rsidRPr="00FE3B8C" w:rsidRDefault="0017388A" w:rsidP="00D93733">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="center" w:pos="5103"/>
         <w:tab w:val="right" w:pos="10773"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00FE3B8C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00FE3B8C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -6971,167 +6784,94 @@
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00FE3B8C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00FE3B8C">
       <w:tab/>
       <w:t>PEL.3.</w:t>
     </w:r>
     <w:r>
       <w:t>9.3.1(2)(b)</w:t>
     </w:r>
     <w:r w:rsidRPr="00FE3B8C">
       <w:t>/5.1</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F3B4B1B" w14:textId="77777777" w:rsidR="001740D0" w:rsidRDefault="001740D0" w:rsidP="00F41B19">
+    <w:p w14:paraId="65F2C89C" w14:textId="77777777" w:rsidR="006454C9" w:rsidRDefault="006454C9" w:rsidP="00F41B19">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E0F4136" w14:textId="77777777" w:rsidR="001740D0" w:rsidRDefault="001740D0" w:rsidP="00F41B19">
+    <w:p w14:paraId="5AB93B6A" w14:textId="77777777" w:rsidR="006454C9" w:rsidRDefault="006454C9" w:rsidP="00F41B19">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidRPr="00617335" w:rsidR="00F37747" w:rsidP="00F37747" w:rsidRDefault="00F37747" w14:paraId="715FA06A" w14:textId="77777777">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="RobustaTLPro-Regular" w:hAnsi="RobustaTLPro-Regular" w:cs="RobustaTLPro-Regular"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:name="_Hlk72912508" w:id="3"/>
     <w:bookmarkStart w:name="_Hlk83817494" w:id="4"/>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00617335">
       <w:rPr>
         <w:rFonts w:ascii="RobustaTLPro-Regular" w:hAnsi="RobustaTLPro-Regular" w:cs="RobustaTLPro-Regular"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>Valsts</w:t>
-[...71 lines deleted...]
-      <w:t>”</w:t>
+      <w:t>Valsts aģentūra “Civilās aviācijas aģentūra”</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidRPr="00617335" w:rsidR="00F37747" w:rsidP="00F37747" w:rsidRDefault="00F37747" w14:paraId="7C99E3B0" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="120"/>
       <w:ind w:left="284"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="RobustaTLPro-Regular" w:hAnsi="RobustaTLPro-Regular" w:cs="RobustaTLPro-Regular"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00617335">
       <w:rPr>
         <w:i/>
         <w:color w:val="231F20"/>
         <w:spacing w:val="-11"/>
@@ -7142,226 +6882,172 @@
       <w:t>State Agency “Civil Aviation Agency” of the Republic of Latvia</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidRPr="00617335" w:rsidR="00F37747" w:rsidP="00F37747" w:rsidRDefault="00F37747" w14:paraId="36C0C768" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:name="_Hlk91515389" w:id="5"/>
     <w:r w:rsidRPr="00617335">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve">10 </w:t>
-[...53 lines deleted...]
-      <w:t xml:space="preserve"> county, LV-1053, Latvia</w:t>
+      <w:t>10 Biroju street, Airport “Rīga”, Mārupe county, LV-1053, Latvia</w:t>
     </w:r>
     <w:bookmarkEnd w:id="5"/>
   </w:p>
   <w:p w:rsidRPr="00617335" w:rsidR="00F37747" w:rsidP="00F37747" w:rsidRDefault="00F37747" w14:paraId="1CAEACFC" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00617335">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Phone +371 67830936, fax +371 67830967</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidRPr="00FD7DF4" w:rsidR="00F37747" w:rsidP="00F37747" w:rsidRDefault="00735902" w14:paraId="742F0EF8" w14:textId="77777777">
+  <w:p w:rsidRPr="00FD7DF4" w:rsidR="00F37747" w:rsidP="00F37747" w:rsidRDefault="00F37747" w14:paraId="742F0EF8" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:hyperlink w:history="1" r:id="rId1">
-      <w:r w:rsidRPr="00617335" w:rsidR="00F37747">
+      <w:r w:rsidRPr="00617335">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>caa@caa.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00617335" w:rsidR="00F37747">
+      <w:r w:rsidRPr="00617335">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>gov</w:t>
       </w:r>
-      <w:r w:rsidRPr="00617335" w:rsidR="00F37747">
+      <w:r w:rsidRPr="00617335">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.lv</w:t>
       </w:r>
     </w:hyperlink>
-    <w:r w:rsidRPr="00617335" w:rsidR="00F37747">
+    <w:r w:rsidRPr="00617335">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:hyperlink w:history="1" r:id="rId2">
-      <w:r w:rsidRPr="00617335" w:rsidR="00F37747">
+      <w:r w:rsidRPr="00617335">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>www.caa.gov.lv</w:t>
       </w:r>
     </w:hyperlink>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkEnd w:id="4"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidRPr="00FE3B8C" w:rsidR="0017388A" w:rsidP="00D93733" w:rsidRDefault="00735902" w14:paraId="1C60D783" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00FE3B8C" w:rsidR="0017388A" w:rsidP="00D93733" w:rsidRDefault="00000000" w14:paraId="1C60D783" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
       </w:rPr>
       <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="3F7E82DD">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" filled="f" stroked="f" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path gradientshapeok="t" o:connecttype="rect" o:extrusionok="f"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="_x0000_s2050" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.1pt;width:135.6pt;height:43.3pt;z-index:-251658752;mso-position-horizontal:left" type="#_x0000_t75">
+        <v:shape id="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.1pt;width:135.6pt;height:43.3pt;z-index:-251658752;mso-position-horizontal:left" type="#_x0000_t75">
           <v:imagedata o:title="" r:id="rId1"/>
         </v:shape>
-        <o:OLEObject Type="Embed" ProgID="MSPhotoEd.3" ShapeID="_x0000_s2050" DrawAspect="Content" ObjectID="_1789826319" r:id="rId2"/>
+        <o:OLEObject Type="Embed" ProgID="MSPhotoEd.3" ShapeID="_x0000_s1026" DrawAspect="Content" ObjectID="_1831622783" r:id="rId2"/>
       </w:object>
     </w:r>
     <w:r w:rsidRPr="00FE3B8C" w:rsidR="0017388A">
       <w:t>LATVIJAS REPUBLIKA</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidRPr="00FE3B8C" w:rsidR="0017388A" w:rsidP="00D93733" w:rsidRDefault="0017388A" w14:paraId="4A388831" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00FE3B8C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>CIVILĀS AVIĀCIJAS AĢENTŪRA</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidRPr="00114C06" w:rsidR="0017388A" w:rsidP="00D93733" w:rsidRDefault="0017388A" w14:paraId="75CDA434" w14:textId="77777777">
     <w:pPr>
@@ -7398,51 +7084,51 @@
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00114C06">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:t xml:space="preserve">Tālr.: 67830936, e-pasts: </w:t>
     </w:r>
     <w:hyperlink w:history="1" r:id="rId3">
       <w:r w:rsidRPr="00114C06">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>caa@caa.gov.lv</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="434038C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="38DCBB8A"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7512,266 +7198,277 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="437258719">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003E5B49"/>
     <w:rsid w:val="00010F00"/>
     <w:rsid w:val="00020E6B"/>
     <w:rsid w:val="00050651"/>
     <w:rsid w:val="0006503D"/>
     <w:rsid w:val="00071095"/>
     <w:rsid w:val="000773D4"/>
+    <w:rsid w:val="000A3D71"/>
     <w:rsid w:val="000B0C21"/>
     <w:rsid w:val="000B4AF4"/>
     <w:rsid w:val="000C26DC"/>
     <w:rsid w:val="000D0B5D"/>
     <w:rsid w:val="000F5FE8"/>
     <w:rsid w:val="00111308"/>
     <w:rsid w:val="00132632"/>
     <w:rsid w:val="00157A57"/>
     <w:rsid w:val="0017388A"/>
     <w:rsid w:val="001740D0"/>
     <w:rsid w:val="00175579"/>
     <w:rsid w:val="00176CD1"/>
     <w:rsid w:val="001A4AE8"/>
     <w:rsid w:val="001D7865"/>
     <w:rsid w:val="001F4A22"/>
     <w:rsid w:val="00224F1D"/>
     <w:rsid w:val="002643C6"/>
     <w:rsid w:val="00287792"/>
     <w:rsid w:val="0029774E"/>
     <w:rsid w:val="002C3386"/>
     <w:rsid w:val="002C3A78"/>
     <w:rsid w:val="00341408"/>
     <w:rsid w:val="003717E1"/>
     <w:rsid w:val="00395F1F"/>
     <w:rsid w:val="003A2783"/>
     <w:rsid w:val="003C060B"/>
     <w:rsid w:val="003C1038"/>
     <w:rsid w:val="003E5B49"/>
     <w:rsid w:val="0040716D"/>
     <w:rsid w:val="004147F2"/>
     <w:rsid w:val="0043750D"/>
     <w:rsid w:val="00442C40"/>
     <w:rsid w:val="0045333D"/>
     <w:rsid w:val="004647EB"/>
     <w:rsid w:val="00476472"/>
     <w:rsid w:val="00484388"/>
     <w:rsid w:val="00484703"/>
     <w:rsid w:val="004900C5"/>
     <w:rsid w:val="004B7913"/>
     <w:rsid w:val="00505831"/>
     <w:rsid w:val="005072D0"/>
     <w:rsid w:val="00511170"/>
     <w:rsid w:val="00531AB9"/>
     <w:rsid w:val="00540B85"/>
     <w:rsid w:val="00545671"/>
     <w:rsid w:val="0058636C"/>
     <w:rsid w:val="00592E8F"/>
     <w:rsid w:val="005C3EA7"/>
     <w:rsid w:val="005D4B73"/>
     <w:rsid w:val="005E530E"/>
+    <w:rsid w:val="005F43B9"/>
     <w:rsid w:val="00614050"/>
     <w:rsid w:val="00634A93"/>
     <w:rsid w:val="00640064"/>
+    <w:rsid w:val="006454C9"/>
     <w:rsid w:val="006757EC"/>
     <w:rsid w:val="006817B1"/>
     <w:rsid w:val="00681960"/>
     <w:rsid w:val="006C6BB5"/>
     <w:rsid w:val="0071017E"/>
     <w:rsid w:val="00735902"/>
+    <w:rsid w:val="0073625D"/>
     <w:rsid w:val="00736CCF"/>
     <w:rsid w:val="00741537"/>
     <w:rsid w:val="0077486B"/>
     <w:rsid w:val="007947AF"/>
     <w:rsid w:val="007B647F"/>
     <w:rsid w:val="007D7D2F"/>
     <w:rsid w:val="007F3A7D"/>
     <w:rsid w:val="008045FB"/>
     <w:rsid w:val="0085392A"/>
     <w:rsid w:val="00856742"/>
     <w:rsid w:val="00896398"/>
     <w:rsid w:val="008C2A61"/>
     <w:rsid w:val="008D077F"/>
     <w:rsid w:val="008E419D"/>
     <w:rsid w:val="00907A1A"/>
     <w:rsid w:val="00907C37"/>
     <w:rsid w:val="00942360"/>
     <w:rsid w:val="00977E44"/>
     <w:rsid w:val="009809F3"/>
     <w:rsid w:val="00986E0D"/>
+    <w:rsid w:val="009E392A"/>
     <w:rsid w:val="009E7C86"/>
     <w:rsid w:val="00A45D00"/>
     <w:rsid w:val="00A70F76"/>
     <w:rsid w:val="00A94F26"/>
     <w:rsid w:val="00A96535"/>
     <w:rsid w:val="00AA16CD"/>
     <w:rsid w:val="00AA7254"/>
     <w:rsid w:val="00AB49F6"/>
     <w:rsid w:val="00AC0B5A"/>
     <w:rsid w:val="00AC5699"/>
     <w:rsid w:val="00B210AE"/>
     <w:rsid w:val="00B26E59"/>
     <w:rsid w:val="00B339E3"/>
     <w:rsid w:val="00B61B23"/>
     <w:rsid w:val="00B7659F"/>
     <w:rsid w:val="00B91599"/>
     <w:rsid w:val="00BA3E08"/>
+    <w:rsid w:val="00BB34C0"/>
     <w:rsid w:val="00BD0776"/>
     <w:rsid w:val="00BF5999"/>
     <w:rsid w:val="00C1636F"/>
     <w:rsid w:val="00C17C97"/>
     <w:rsid w:val="00C35673"/>
     <w:rsid w:val="00C41792"/>
     <w:rsid w:val="00C96B15"/>
+    <w:rsid w:val="00C97D58"/>
     <w:rsid w:val="00CD00F6"/>
+    <w:rsid w:val="00CD12CB"/>
     <w:rsid w:val="00CD6D22"/>
     <w:rsid w:val="00CE3C6A"/>
     <w:rsid w:val="00CF6958"/>
+    <w:rsid w:val="00D036F8"/>
     <w:rsid w:val="00D07D50"/>
     <w:rsid w:val="00D10C48"/>
     <w:rsid w:val="00D3790F"/>
     <w:rsid w:val="00D4692B"/>
     <w:rsid w:val="00D60745"/>
     <w:rsid w:val="00D60C85"/>
     <w:rsid w:val="00D65E02"/>
     <w:rsid w:val="00D92DCE"/>
     <w:rsid w:val="00D93733"/>
     <w:rsid w:val="00DB6298"/>
     <w:rsid w:val="00E031F4"/>
     <w:rsid w:val="00E177F8"/>
     <w:rsid w:val="00E8051E"/>
     <w:rsid w:val="00E95D94"/>
     <w:rsid w:val="00EF1B3B"/>
     <w:rsid w:val="00F11524"/>
     <w:rsid w:val="00F37747"/>
     <w:rsid w:val="00F41B19"/>
     <w:rsid w:val="00F4354C"/>
     <w:rsid w:val="00F4710F"/>
     <w:rsid w:val="00FB3E48"/>
+    <w:rsid w:val="00FE0F23"/>
     <w:rsid w:val="00FE264A"/>
     <w:rsid w:val="00FE768D"/>
     <w:rsid w:val="00FF0CFD"/>
+    <w:rsid w:val="00FF78A3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0CD071E1"/>
   <w15:docId w15:val="{586AAFDD-3C72-4477-9E43-4EF509BD871F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8103,50 +7800,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
@@ -8434,51 +8132,51 @@
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="007D7D2F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style9">
     <w:name w:val="Style9"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00BA3E08"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="155148306">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="422532908">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8548,282 +8246,478 @@
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1778408838">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.caa.gov.lv" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:caa@caa.gov.lv" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:caa@caa.gov.lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
-    <w:docPart>
-[...24 lines deleted...]
-    </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F9D93096816B4585A3F3DF5E6404978A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0E75EA35-1945-4D54-BBEC-A96B9790B165}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00872BD6" w:rsidRDefault="00011BF4" w:rsidP="00011BF4">
+        <w:p w:rsidR="00872BD6" w:rsidRDefault="00204AE2" w:rsidP="00204AE2">
           <w:pPr>
-            <w:pStyle w:val="F9D93096816B4585A3F3DF5E6404978A"/>
+            <w:pStyle w:val="F9D93096816B4585A3F3DF5E6404978A2"/>
           </w:pPr>
-          <w:r w:rsidRPr="00686E34">
+          <w:r w:rsidRPr="00F37747">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="28"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="03AE4B100F4F480583B7AD07FC291146"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7BEFD2B5-E1EA-422D-9B63-80D40A8FFD8E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00204AE2" w:rsidRDefault="00204AE2" w:rsidP="00204AE2">
+          <w:pPr>
+            <w:pStyle w:val="03AE4B100F4F480583B7AD07FC2911462"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E00E99">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>dd/mm/yyyy</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="298E1EC16EE2408DBEA3A858EAE0E344"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B2ECB941-D93C-4ADB-B355-F4252C43F208}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00204AE2" w:rsidRDefault="00204AE2" w:rsidP="00204AE2">
+          <w:pPr>
+            <w:pStyle w:val="298E1EC16EE2408DBEA3A858EAE0E3442"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F35D35">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Enter the name and surname the same as in ID document</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="27C1B92B555A4DF7A030CF85351F436D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EEDE3BD4-ACE1-436C-87DE-206AE1193856}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00204AE2" w:rsidRDefault="00204AE2" w:rsidP="00204AE2">
+          <w:pPr>
+            <w:pStyle w:val="27C1B92B555A4DF7A030CF85351F436D2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F37747">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
-            <w:t>Choose an item.</w:t>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="986EF25018144EEA857006BA01ED57D8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A1958E44-1464-4422-ADE3-FFDDCA619682}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00204AE2" w:rsidRDefault="00204AE2" w:rsidP="00204AE2">
+          <w:pPr>
+            <w:pStyle w:val="986EF25018144EEA857006BA01ED57D82"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F37747">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BFFBF631C0D34890BED680953D135EC6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CB22EA3F-E0EC-4126-BB64-F10FC042CFF7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00204AE2" w:rsidRDefault="00204AE2" w:rsidP="00204AE2">
+          <w:pPr>
+            <w:pStyle w:val="BFFBF631C0D34890BED680953D135EC62"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F37747">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C0566CC81C3042EEBEA8EEDFF7169C11"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5E2C9AF7-A446-457E-AAE5-A045A028FBEE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00204AE2" w:rsidRDefault="00204AE2" w:rsidP="00204AE2">
+          <w:pPr>
+            <w:pStyle w:val="C0566CC81C3042EEBEA8EEDFF7169C112"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F37747">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="36553CF285C14A9185863F50B35FDDF5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D7E005AE-5A8A-4478-A45E-982276D46651}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00204AE2" w:rsidRDefault="00204AE2" w:rsidP="00204AE2">
+          <w:pPr>
+            <w:pStyle w:val="36553CF285C14A9185863F50B35FDDF52"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F37747">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="RobustaTLPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...1 lines deleted...]
-    <w:charset w:val="BA"/>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B6407C"/>
     <w:rsid w:val="00011BF4"/>
+    <w:rsid w:val="000A3D71"/>
     <w:rsid w:val="001D336B"/>
+    <w:rsid w:val="00204AE2"/>
+    <w:rsid w:val="0023655F"/>
+    <w:rsid w:val="00306C71"/>
+    <w:rsid w:val="0073625D"/>
     <w:rsid w:val="007E09A4"/>
     <w:rsid w:val="00872BD6"/>
     <w:rsid w:val="00B44CAE"/>
     <w:rsid w:val="00B6407C"/>
+    <w:rsid w:val="00F169EF"/>
+    <w:rsid w:val="00F62E00"/>
     <w:rsid w:val="00FE00BA"/>
+    <w:rsid w:val="00FF78A3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9155,130 +9049,201 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B44CAE"/>
+    <w:rsid w:val="00204AE2"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A5A9AB84376A4CC78E2D2806A743F917">
-[...1 lines deleted...]
-    <w:rsid w:val="00B6407C"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F9D93096816B4585A3F3DF5E6404978A2">
+    <w:name w:val="F9D93096816B4585A3F3DF5E6404978A2"/>
+    <w:rsid w:val="00204AE2"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A5A9AB84376A4CC78E2D2806A743F9171">
-[...1 lines deleted...]
-    <w:rsid w:val="00B6407C"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="298E1EC16EE2408DBEA3A858EAE0E3442">
+    <w:name w:val="298E1EC16EE2408DBEA3A858EAE0E3442"/>
+    <w:rsid w:val="00204AE2"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F9D93096816B4585A3F3DF5E6404978A">
-[...1 lines deleted...]
-    <w:rsid w:val="00011BF4"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="03AE4B100F4F480583B7AD07FC2911462">
+    <w:name w:val="03AE4B100F4F480583B7AD07FC2911462"/>
+    <w:rsid w:val="00204AE2"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B155368C638E4C1A8B2AAF5E545CFDAC">
-[...1 lines deleted...]
-    <w:rsid w:val="00B44CAE"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="27C1B92B555A4DF7A030CF85351F436D2">
+    <w:name w:val="27C1B92B555A4DF7A030CF85351F436D2"/>
+    <w:rsid w:val="00204AE2"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="986EF25018144EEA857006BA01ED57D82">
+    <w:name w:val="986EF25018144EEA857006BA01ED57D82"/>
+    <w:rsid w:val="00204AE2"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BFFBF631C0D34890BED680953D135EC62">
+    <w:name w:val="BFFBF631C0D34890BED680953D135EC62"/>
+    <w:rsid w:val="00204AE2"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C0566CC81C3042EEBEA8EEDFF7169C112">
+    <w:name w:val="C0566CC81C3042EEBEA8EEDFF7169C112"/>
+    <w:rsid w:val="00204AE2"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="36553CF285C14A9185863F50B35FDDF52">
+    <w:name w:val="36553CF285C14A9185863F50B35FDDF52"/>
+    <w:rsid w:val="00204AE2"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -9529,83 +9494,356 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b5f85c47-283b-4062-ae0b-411e3d4e08af">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="74c49937-2223-491f-8985-b14acc04ca45" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100C85A1617D9342140A99B9CBC51FA3D6A" ma:contentTypeVersion="13" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="e98c21876e2705d1e279d67e2e0d83d5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b5f85c47-283b-4062-ae0b-411e3d4e08af" xmlns:ns3="74c49937-2223-491f-8985-b14acc04ca45" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9bd873c259e8ded2592a30b24dc9ad97" ns2:_="" ns3:_="">
+    <xsd:import namespace="b5f85c47-283b-4062-ae0b-411e3d4e08af"/>
+    <xsd:import namespace="74c49937-2223-491f-8985-b14acc04ca45"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b5f85c47-283b-4062-ae0b-411e3d4e08af" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="11" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="12" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="16" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="dee04b70-ef6a-472e-8cff-5535f4e4ee59" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="18" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="74c49937-2223-491f-8985-b14acc04ca45" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{141a2493-4d2e-41f6-9099-6afcf0efe3f6}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="74c49937-2223-491f-8985-b14acc04ca45">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BEF1108-949B-4BB3-B112-A75B6AACDB1B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B1DDB42-2EC1-4C75-BC8D-4A0A8547E683}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b5f85c47-283b-4062-ae0b-411e3d4e08af"/>
+    <ds:schemaRef ds:uri="74c49937-2223-491f-8985-b14acc04ca45"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA8CB61C-D298-45D1-9F3A-FEE105FF12B0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C996BEC4-A980-46AF-B104-BF039ADD3785}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>3264</Words>
-  <Characters>1861</Characters>
+  <Words>3283</Words>
+  <Characters>1872</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5115</CharactersWithSpaces>
+  <CharactersWithSpaces>5145</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Armands Ozolins</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100C85A1617D9342140A99B9CBC51FA3D6A</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
+    <vt:r8>4674400</vt:r8>
+  </property>
+</Properties>
+</file>