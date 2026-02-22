--- v0 (2025-10-07)
+++ v1 (2026-02-22)
@@ -1,61 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w:rsidRPr="00FD7DF4" w:rsidR="00FD7DF4" w:rsidP="000A46C0" w:rsidRDefault="00FD7DF4" w14:paraId="33658CC4" w14:textId="5EE41680">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD7DF4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Application and report form</w:t>
       </w:r>
@@ -83,102 +85,101 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>THEORETICAL KNOWLEDGE EXAMINATION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00FD7DF4" w:rsidR="00FD7DF4" w:rsidP="00FD7DF4" w:rsidRDefault="00FD7DF4" w14:paraId="0801BFA8" w14:textId="20A74750">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD7DF4">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>According to Cabinet Regulation No 754</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00FD7DF4" w:rsidR="0040716D" w:rsidP="00781969" w:rsidRDefault="00C553E0" w14:paraId="55CE259D" w14:textId="2FECD358">
+    <w:p w:rsidRPr="00FD7DF4" w:rsidR="0040716D" w:rsidP="00781969" w:rsidRDefault="00000000" w14:paraId="55CE259D" w14:textId="1FB3A595">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5386"/>
           <w:tab w:val="left" w:pos="9897"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:szCs w:val="28"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:alias w:val="Category of Licence"/>
           <w:tag w:val="Category of Licence"/>
           <w:id w:val="-2113348773"/>
+          <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="4796ED02EC3C40368ADD3BE3AFC447D8"/>
           </w:placeholder>
           <w:dropDownList>
             <w:listItem w:displayText="Category of Licence" w:value="Category of Licence"/>
             <w:listItem w:displayText="ULA (land)" w:value="ULA (land)"/>
             <w:listItem w:displayText="ULA (sea)" w:value="ULA (sea)"/>
             <w:listItem w:displayText="ULTMG" w:value="ULTMG"/>
             <w:listItem w:displayText="ULH (land)" w:value="ULH (land)"/>
             <w:listItem w:displayText="ULH (sea)" w:value="ULH (sea)"/>
             <w:listItem w:displayText="ULS" w:value="ULS"/>
             <w:listItem w:displayText="HG" w:value="HG"/>
             <w:listItem w:displayText="MHG (land)" w:value="MHG (land)"/>
             <w:listItem w:displayText="MHG (sea)" w:value="MHG (sea)"/>
             <w:listItem w:displayText="ULGYR (land)" w:value="ULGYR (land)"/>
             <w:listItem w:displayText="ULGYR (sea)" w:value="ULGYR (sea)"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00FD7DF4" w:rsidR="009446F2">
+          <w:r w:rsidRPr="002964B5" w:rsidR="002964B5">
             <w:rPr>
-              <w:b/>
-              <w:szCs w:val="28"/>
+              <w:rStyle w:val="PlaceholderText"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:t>Category of Licence</w:t>
+            <w:t>Choose an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w:rsidRPr="00FD7DF4" w:rsidR="00CF6958" w:rsidP="00CF6958" w:rsidRDefault="00CF6958" w14:paraId="6085EBCC" w14:textId="643CDE75">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5386"/>
           <w:tab w:val="left" w:pos="9897"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="6"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
@@ -215,248 +216,295 @@
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Applicant’s Name, Surname:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Style7"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:alias w:val="Name, Surname"/>
             <w:tag w:val="Name, Surname"/>
             <w:id w:val="418686787"/>
+            <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="12D02F80C5004776A5F266E8B9026778"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr>
-[...3 lines deleted...]
-          </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5761" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
                   <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
                   <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
                   <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w:rsidRPr="00FD7DF4" w:rsidR="000A46C0" w:rsidRDefault="009446F2" w14:paraId="6C23D3EA" w14:textId="22680A70">
+              <w:p w:rsidRPr="00FD7DF4" w:rsidR="000A46C0" w:rsidRDefault="00C6716B" w14:paraId="6C23D3EA" w14:textId="2D190B07">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="32"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00FD7DF4">
+                <w:r w:rsidRPr="00F35D35">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
-                  <w:t>Click or tap here to enter text.</w:t>
+                  <w:t>Enter the name and surname the same as in ID document</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidRPr="00FD7DF4" w:rsidR="000A46C0" w:rsidTr="00132E9D" w14:paraId="13631059" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD7DF4" w:rsidR="000A46C0" w:rsidRDefault="000A46C0" w14:paraId="6668DC65" w14:textId="372E4412">
+          <w:p w:rsidRPr="00FD7DF4" w:rsidR="000A46C0" w:rsidRDefault="000A46C0" w14:paraId="6668DC65" w14:textId="68C23621">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>ID or Date of Birth</w:t>
+              <w:t>Date of Birth</w:t>
             </w:r>
             <w:r w:rsidR="00AA469C">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> / Nationality</w:t>
             </w:r>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...35 lines deleted...]
-                  <w:spacing w:after="0"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00FD7DF4" w:rsidR="000A46C0" w:rsidRDefault="00000000" w14:paraId="5FDBEEBF" w14:textId="67226A0D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rStyle w:val="Style2"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:alias w:val="dd/mm/yyyy"/>
+                <w:tag w:val="dd/mm/yyyy"/>
+                <w:id w:val="955442291"/>
+                <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="F49B1D42E00144E8B3CE5BD242F07774"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:date w:fullDate="2026-02-03T00:00:00Z">
+                  <w:dateFormat w:val="dd/MM/yyyy"/>
+                  <w:lid w:val="lv-LV"/>
+                  <w:storeMappedDataAs w:val="dateTime"/>
+                  <w:calendar w:val="gregorian"/>
+                </w:date>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00E00E99" w:rsidR="00E00E99">
                   <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
-                </w:pPr>
-                <w:r w:rsidRPr="00FD7DF4">
+                  <w:t>dd/mm/yyyy</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00E00E99">
+              <w:rPr>
+                <w:rStyle w:val="Style2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00017864" w:rsidR="001B26AC">
+              <w:rPr>
+                <w:rStyle w:val="Style2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="001B26AC">
+              <w:rPr>
+                <w:rStyle w:val="Style9"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rStyle w:val="Style9"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:alias w:val="ID od Date of Birth"/>
+                <w:tag w:val="ID od Date of Birth"/>
+                <w:id w:val="-1005202769"/>
+                <w:placeholder>
+                  <w:docPart w:val="12D02F80C5004776A5F266E8B9026778"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00F35D35" w:rsidR="00C6716B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
-                  <w:t>Click or tap here to enter text.</w:t>
+                  <w:t>Enter the name and surname the same as in ID document</w:t>
                 </w:r>
-              </w:p>
-[...2 lines deleted...]
-        </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00FD7DF4" w:rsidR="00132E9D" w:rsidTr="00132E9D" w14:paraId="1891B15C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00132E9D" w:rsidP="00132E9D" w:rsidRDefault="00132E9D" w14:paraId="5A76DC94" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>E-mail:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Style9"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:alias w:val="E-mail"/>
             <w:tag w:val="E-mail"/>
             <w:id w:val="827093643"/>
             <w:placeholder>
               <w:docPart w:val="56D87F89E62749E191845200883BEFF9"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr>
-[...3 lines deleted...]
-          </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5761" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
                   <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
                   <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
                   <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
               <w:p w:rsidRPr="00FD7DF4" w:rsidR="00132E9D" w:rsidP="00132E9D" w:rsidRDefault="00132E9D" w14:paraId="1CF90717" w14:textId="5756947B">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FD7DF4">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
@@ -494,69 +542,64 @@
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Phone number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Style9"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:alias w:val="Phone number"/>
             <w:tag w:val="Phone number"/>
             <w:id w:val="-1734693922"/>
             <w:placeholder>
               <w:docPart w:val="56D87F89E62749E191845200883BEFF9"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr>
-[...3 lines deleted...]
-          </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5761" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
                   <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
                   <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
                   <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w:rsidRPr="00FD7DF4" w:rsidR="00132E9D" w:rsidP="00132E9D" w:rsidRDefault="00132E9D" w14:paraId="4B9D8A59" w14:textId="06A8489F">
+              <w:p w:rsidRPr="00FD7DF4" w:rsidR="00132E9D" w:rsidP="00132E9D" w:rsidRDefault="00C6716B" w14:paraId="4B9D8A59" w14:textId="404BC61C">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:rPr>
                     <w:rStyle w:val="Style3"/>
                     <w:sz w:val="28"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FD7DF4">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidRPr="00FD7DF4" w:rsidR="00132E9D" w:rsidTr="00132E9D" w14:paraId="69FA5DF1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
@@ -582,69 +625,64 @@
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Style9"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:alias w:val="Address"/>
             <w:tag w:val="Address"/>
             <w:id w:val="1455367306"/>
             <w:placeholder>
               <w:docPart w:val="56D87F89E62749E191845200883BEFF9"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr>
-[...3 lines deleted...]
-          </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5761" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
                   <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
                   <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
                   <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w:rsidRPr="00FD7DF4" w:rsidR="00132E9D" w:rsidP="00132E9D" w:rsidRDefault="00132E9D" w14:paraId="5AAAEAB1" w14:textId="10718292">
+              <w:p w:rsidRPr="00FD7DF4" w:rsidR="00132E9D" w:rsidP="00132E9D" w:rsidRDefault="00C6716B" w14:paraId="5AAAEAB1" w14:textId="3B32EA4E">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:rPr>
                     <w:rStyle w:val="Style5"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FD7DF4">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidRPr="00FD7DF4" w:rsidR="00132E9D" w:rsidTr="00132E9D" w14:paraId="5FB7BAF2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -669,69 +707,64 @@
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Name of Training Organization</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Style9"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:alias w:val="Name of Training Organization"/>
             <w:tag w:val="Name of ATO or DTO"/>
             <w:id w:val="-1984757429"/>
             <w:placeholder>
               <w:docPart w:val="56D87F89E62749E191845200883BEFF9"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr>
-[...3 lines deleted...]
-          </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5761" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
                   <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
                   <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
                   <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w:rsidRPr="00FD7DF4" w:rsidR="00132E9D" w:rsidP="00132E9D" w:rsidRDefault="00132E9D" w14:paraId="33550543" w14:textId="4EDB02F1">
+              <w:p w:rsidRPr="00FD7DF4" w:rsidR="00132E9D" w:rsidP="00132E9D" w:rsidRDefault="00C6716B" w14:paraId="33550543" w14:textId="1AD4C8F6">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FD7DF4">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="00FD7DF4" w:rsidR="00511170" w:rsidP="00D07D50" w:rsidRDefault="00511170" w14:paraId="268BCD6D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
@@ -759,90 +792,88 @@
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>tical knowledge examinations in</w:t>
       </w:r>
       <w:r w:rsidR="00E25D71">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-26329905"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
             <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E25D71">
             <w:rPr>
               <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
               <w:sz w:val="22"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00FD7DF4" w:rsidR="0029774E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E25D71">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Latvian / </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-757288339"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
             <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E25D71">
             <w:rPr>
               <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
               <w:sz w:val="22"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00FD7DF4" w:rsidR="00E25D71">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> English</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD7DF4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -1203,51 +1234,50 @@
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1824"/>
         <w:gridCol w:w="1342"/>
         <w:gridCol w:w="491"/>
         <w:gridCol w:w="1286"/>
         <w:gridCol w:w="543"/>
         <w:gridCol w:w="1359"/>
         <w:gridCol w:w="470"/>
         <w:gridCol w:w="1304"/>
         <w:gridCol w:w="524"/>
         <w:gridCol w:w="485"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidTr="00281C53" w14:paraId="18DC2E65" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="4A19A142" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Subjects /</w:t>
             </w:r>
           </w:p>
@@ -1260,323 +1290,312 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>attempts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4053" w:type="pct"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="0A9BDF8F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Theoretical Knowledge Examination Results</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidTr="00281C53" w14:paraId="7967566F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="51EC8A12" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="7A79A2E9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="276BC4B3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="6C65CAD6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="282" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="18235C58" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="1F9A6553" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="244" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="012DF454" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="677" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="5B02DF74" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="272" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="1843540A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="252" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00FD7DF4" w14:paraId="69FBBBFA" w14:textId="3E701977">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -1793,226 +1812,216 @@
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="02754F9F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidTr="00281C53" w14:paraId="363393C4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="5B9141D4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>020 Aircraft Gen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="6E9742BF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="3BE88655" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="627648EA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="282" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="6ED81145" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="721B8338" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="244" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="2485DEA0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="677" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="3EBA6D87" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="272" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="11089FE0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="252" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="12EA00F6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidTr="00281C53" w14:paraId="5EDEBE25" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
@@ -2219,250 +2228,216 @@
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="599FB48F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidTr="00281C53" w14:paraId="202FF826" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="2231765F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">040 Human </w:t>
-[...23 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>040 Human Perfor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="5E96E7B0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="5E432839" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="516AF204" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="282" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="0ED35F18" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="5DF3D4D0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="244" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="6E381922" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="677" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="79292AEE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="272" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="3B60D6C9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="252" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="0D1CAD45" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidTr="00281C53" w14:paraId="0A304234" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
@@ -2669,226 +2644,216 @@
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="18081C3E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidTr="00281C53" w14:paraId="270D020C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="786889E5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>060 Navigation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="5D7F218E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="71373F17" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="6F7C54E2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="282" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="0FD141F0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="69DB53F3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="244" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="1E308139" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="677" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="45DA296B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="272" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="5D73D32C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="252" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="3F792F01" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidTr="00281C53" w14:paraId="4ED9886A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
@@ -3095,321 +3060,263 @@
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="3A7252A6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidTr="00281C53" w14:paraId="4BC86585" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="0A5329BF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">080 </w:t>
-[...23 lines deleted...]
-              <w:t>. of Flight</w:t>
+              <w:t>080 Princ. of Flight</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="337532B2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="322693E2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="0D0407F1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="282" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="6EB15CEC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="2546C8AA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="244" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="278CF036" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="677" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="64E801E9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="272" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="339E2D9F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="252" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="56490EC4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidTr="00281C53" w14:paraId="7E4B635B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="61EB83DE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">090 </w:t>
-[...23 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>090 Communicat.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00103058" w:rsidP="00281C53" w:rsidRDefault="00103058" w14:paraId="232ED2B6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
@@ -3587,60 +3494,58 @@
       </w:r>
       <w:r w:rsidRPr="00FD7DF4" w:rsidR="00103058">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD7DF4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>An</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD7DF4" w:rsidR="00511170">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> applicant </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FD7DF4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>has</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00FD7DF4" w:rsidR="00511170">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD7DF4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">successfully completed the required theoretical knowledge examination for the appropriate pilot licence according to </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD7DF4" w:rsidR="0073433A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Cabinet </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD7DF4" w:rsidR="00FD7DF4">
@@ -4549,58 +4454,58 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:name="Check3" w:id="0"/>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C553E0">
-[...6 lines deleted...]
-            <w:r w:rsidR="00C553E0">
+            <w:r w:rsidRPr="00FD7DF4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
@@ -4790,58 +4695,58 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:name="Check4" w:id="1"/>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C553E0">
-[...6 lines deleted...]
-            <w:r w:rsidR="00C553E0">
+            <w:r w:rsidRPr="00FD7DF4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
@@ -5028,58 +4933,58 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:name="Check5" w:id="2"/>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C553E0">
-[...6 lines deleted...]
-            <w:r w:rsidR="00C553E0">
+            <w:r w:rsidRPr="00FD7DF4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
@@ -5215,75 +5120,51 @@
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00832370" w:rsidRDefault="00832370" w14:paraId="336D78ED" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">040 Human </w:t>
-[...23 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>040 Human Perfor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00832370" w:rsidRDefault="00832370" w14:paraId="09C4E05C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -5292,58 +5173,58 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:name="Check6" w:id="3"/>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C553E0">
-[...6 lines deleted...]
-            <w:r w:rsidR="00C553E0">
+            <w:r w:rsidRPr="00FD7DF4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
@@ -5530,58 +5411,58 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:name="Check7" w:id="4"/>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C553E0">
-[...6 lines deleted...]
-            <w:r w:rsidR="00C553E0">
+            <w:r w:rsidRPr="00FD7DF4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
@@ -5770,58 +5651,58 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:name="Check8" w:id="5"/>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C553E0">
-[...6 lines deleted...]
-            <w:r w:rsidR="00C553E0">
+            <w:r w:rsidRPr="00FD7DF4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
@@ -6008,58 +5889,58 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:name="Check9" w:id="6"/>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C553E0">
-[...6 lines deleted...]
-            <w:r w:rsidR="00C553E0">
+            <w:r w:rsidRPr="00FD7DF4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
@@ -6195,75 +6076,51 @@
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00832370" w:rsidRDefault="00832370" w14:paraId="35BDC967" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">080 </w:t>
-[...23 lines deleted...]
-              <w:t>. of Flight</w:t>
+              <w:t>080 Princ. of Flight</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00832370" w:rsidRDefault="00832370" w14:paraId="4CE4383A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -6272,58 +6129,58 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:name="Check10" w:id="7"/>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C553E0">
-[...6 lines deleted...]
-            <w:r w:rsidR="00C553E0">
+            <w:r w:rsidRPr="00FD7DF4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
@@ -6456,75 +6313,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00832370" w:rsidRDefault="00832370" w14:paraId="1429B649" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">090 </w:t>
-[...23 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>090 Communicat.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidRPr="00FD7DF4" w:rsidR="00832370" w:rsidRDefault="00832370" w14:paraId="1F42D7BA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -6534,58 +6367,58 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:name="Check11" w:id="8"/>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C553E0">
-[...6 lines deleted...]
-            <w:r w:rsidR="00C553E0">
+            <w:r w:rsidRPr="00FD7DF4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FD7DF4">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
@@ -6702,206 +6535,204 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="00FD7DF4" w:rsidR="0071017E" w:rsidP="0071017E" w:rsidRDefault="0071017E" w14:paraId="61F3D6F0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="00FD7DF4" w:rsidR="0071017E" w:rsidSect="00FD7DF4">
-      <w:headerReference w:type="even" r:id="rId7"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="283" w:footer="283" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03544F96" w14:textId="77777777" w:rsidR="00DA7257" w:rsidRDefault="00DA7257" w:rsidP="00F41B19">
+    <w:p w14:paraId="199473B0" w14:textId="77777777" w:rsidR="00E024C0" w:rsidRDefault="00E024C0" w:rsidP="00F41B19">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7D90CBBA" w14:textId="77777777" w:rsidR="00DA7257" w:rsidRDefault="00DA7257" w:rsidP="00F41B19">
+    <w:p w14:paraId="40C6C3FB" w14:textId="77777777" w:rsidR="00E024C0" w:rsidRDefault="00E024C0" w:rsidP="00F41B19">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="RobustaTLPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1099557399"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="44A745D4" w14:textId="44FD2308" w:rsidR="00FD7DF4" w:rsidRPr="006541F1" w:rsidRDefault="00D83D9C" w:rsidP="00FD7DF4">
+      <w:p w14:paraId="44A745D4" w14:textId="5A494379" w:rsidR="00FD7DF4" w:rsidRPr="006541F1" w:rsidRDefault="00D83D9C" w:rsidP="00FD7DF4">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:tabs>
             <w:tab w:val="clear" w:pos="4153"/>
             <w:tab w:val="clear" w:pos="8306"/>
             <w:tab w:val="center" w:pos="4820"/>
             <w:tab w:val="right" w:pos="9638"/>
           </w:tabs>
           <w:spacing w:before="120"/>
         </w:pPr>
         <w:r>
-          <w:t>v.1</w:t>
+          <w:t>v.</w:t>
+        </w:r>
+        <w:r w:rsidR="00E00E99">
+          <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00FD7DF4" w:rsidRPr="006541F1">
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-425187150"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:r w:rsidR="00F941D3" w:rsidRPr="00736EF9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00F941D3" w:rsidRPr="00736EF9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
             <w:r w:rsidR="00F941D3" w:rsidRPr="00736EF9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00F941D3" w:rsidRPr="00736EF9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
@@ -6937,98 +6768,97 @@
             </w:r>
             <w:r w:rsidR="00F941D3" w:rsidRPr="00736EF9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00F941D3" w:rsidRPr="00736EF9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00F941D3" w:rsidRPr="00736EF9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00FD7DF4" w:rsidRPr="006541F1">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C553E0">
               <w:t>3.7.6_1a</w:t>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="14"/>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1396811898"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="40694CED" w14:textId="0E9A4073" w:rsidR="00FD7DF4" w:rsidRPr="006541F1" w:rsidRDefault="00D83D9C" w:rsidP="00FD7DF4">
+      <w:p w14:paraId="40694CED" w14:textId="775BA60A" w:rsidR="00FD7DF4" w:rsidRPr="006541F1" w:rsidRDefault="00D83D9C" w:rsidP="00FD7DF4">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:tabs>
             <w:tab w:val="clear" w:pos="4153"/>
             <w:tab w:val="clear" w:pos="8306"/>
             <w:tab w:val="center" w:pos="4820"/>
             <w:tab w:val="right" w:pos="9638"/>
           </w:tabs>
           <w:spacing w:before="120"/>
         </w:pPr>
         <w:r>
-          <w:t>v.1</w:t>
+          <w:t>v.</w:t>
+        </w:r>
+        <w:r w:rsidR="00E00E99">
+          <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00FD7DF4" w:rsidRPr="006541F1">
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1728636285"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:r w:rsidR="00FD7DF4" w:rsidRPr="00736EF9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00FD7DF4" w:rsidRPr="00736EF9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
             <w:r w:rsidR="00FD7DF4" w:rsidRPr="00736EF9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00FD7DF4" w:rsidRPr="00736EF9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
@@ -7072,190 +6902,97 @@
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00FD7DF4" w:rsidRPr="00736EF9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00FD7DF4" w:rsidRPr="006541F1">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C553E0">
               <w:t>3.7.6_1a</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6289AC19" w14:textId="77777777" w:rsidR="00DA7257" w:rsidRDefault="00DA7257" w:rsidP="00F41B19">
+    <w:p w14:paraId="09551F45" w14:textId="77777777" w:rsidR="00E024C0" w:rsidRDefault="00E024C0" w:rsidP="00F41B19">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3E5F81F3" w14:textId="77777777" w:rsidR="00DA7257" w:rsidRDefault="00DA7257" w:rsidP="00F41B19">
+    <w:p w14:paraId="2B63F748" w14:textId="77777777" w:rsidR="00E024C0" w:rsidRDefault="00E024C0" w:rsidP="00F41B19">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidRPr="00617335" w:rsidR="00FD7DF4" w:rsidP="00FD7DF4" w:rsidRDefault="00FD7DF4" w14:paraId="0D8CEF92" w14:textId="77777777">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="RobustaTLPro-Regular" w:hAnsi="RobustaTLPro-Regular" w:eastAsia="Calibri" w:cs="RobustaTLPro-Regular"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:name="_Hlk72912508" w:id="9"/>
     <w:bookmarkStart w:name="_Hlk83817494" w:id="10"/>
     <w:bookmarkStart w:name="_Hlk94519921" w:id="11"/>
     <w:bookmarkStart w:name="_Hlk94519922" w:id="12"/>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00617335">
       <w:rPr>
         <w:rFonts w:ascii="RobustaTLPro-Regular" w:hAnsi="RobustaTLPro-Regular" w:cs="RobustaTLPro-Regular"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>Valsts</w:t>
-[...71 lines deleted...]
-      <w:t>”</w:t>
+      <w:t>Valsts aģentūra “Civilās aviācijas aģentūra”</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidRPr="00617335" w:rsidR="00FD7DF4" w:rsidP="00FD7DF4" w:rsidRDefault="00FD7DF4" w14:paraId="72CF5B60" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="120"/>
       <w:ind w:left="284"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="RobustaTLPro-Regular" w:hAnsi="RobustaTLPro-Regular" w:cs="RobustaTLPro-Regular"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00617335">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri"/>
         <w:i/>
         <w:color w:val="231F20"/>
@@ -7267,204 +7004,140 @@
       <w:t>State Agency “Civil Aviation Agency” of the Republic of Latvia</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidRPr="00617335" w:rsidR="00FD7DF4" w:rsidP="00FD7DF4" w:rsidRDefault="00FD7DF4" w14:paraId="17F15994" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:name="_Hlk91515389" w:id="13"/>
     <w:r w:rsidRPr="00617335">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve">10 </w:t>
-[...53 lines deleted...]
-      <w:t xml:space="preserve"> county, LV-1053, Latvia</w:t>
+      <w:t>10 Biroju street, Airport “Rīga”, Mārupe county, LV-1053, Latvia</w:t>
     </w:r>
     <w:bookmarkEnd w:id="13"/>
   </w:p>
   <w:p w:rsidRPr="00617335" w:rsidR="00FD7DF4" w:rsidP="00FD7DF4" w:rsidRDefault="00FD7DF4" w14:paraId="2106453B" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00617335">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Phone +371 67830936, fax +371 67830967</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidRPr="00FD7DF4" w:rsidR="00F41B19" w:rsidP="00FD7DF4" w:rsidRDefault="00C553E0" w14:paraId="7D35B1E1" w14:textId="089AA055">
+  <w:p w:rsidRPr="00FD7DF4" w:rsidR="00F41B19" w:rsidP="00FD7DF4" w:rsidRDefault="00FD7DF4" w14:paraId="7D35B1E1" w14:textId="089AA055">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:hyperlink w:history="1" r:id="rId1">
-      <w:r w:rsidRPr="00617335" w:rsidR="00FD7DF4">
+      <w:r w:rsidRPr="00617335">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>caa@caa.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00617335" w:rsidR="00FD7DF4">
+      <w:r w:rsidRPr="00617335">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>gov</w:t>
       </w:r>
-      <w:r w:rsidRPr="00617335" w:rsidR="00FD7DF4">
+      <w:r w:rsidRPr="00617335">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.lv</w:t>
       </w:r>
     </w:hyperlink>
-    <w:r w:rsidRPr="00617335" w:rsidR="00FD7DF4">
+    <w:r w:rsidRPr="00617335">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:hyperlink w:history="1" r:id="rId2">
-      <w:r w:rsidRPr="00617335" w:rsidR="00FD7DF4">
+      <w:r w:rsidRPr="00617335">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>www.caa.gov.lv</w:t>
       </w:r>
     </w:hyperlink>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkEnd w:id="12"/>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="434038C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="38DCBB8A"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7534,244 +7207,257 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1295139963">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="34817"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003E5B49"/>
     <w:rsid w:val="00010F00"/>
+    <w:rsid w:val="00017864"/>
     <w:rsid w:val="00034E9A"/>
     <w:rsid w:val="00041AEA"/>
     <w:rsid w:val="00050651"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00071095"/>
     <w:rsid w:val="000A11F6"/>
+    <w:rsid w:val="000A3D71"/>
     <w:rsid w:val="000A46C0"/>
     <w:rsid w:val="000B4AF4"/>
     <w:rsid w:val="000D0B5D"/>
     <w:rsid w:val="000F5FE8"/>
     <w:rsid w:val="000F7FF3"/>
     <w:rsid w:val="00103058"/>
     <w:rsid w:val="00111308"/>
     <w:rsid w:val="00132632"/>
     <w:rsid w:val="00132E9D"/>
     <w:rsid w:val="00157A57"/>
+    <w:rsid w:val="001B26AC"/>
     <w:rsid w:val="001D7865"/>
     <w:rsid w:val="001E54DE"/>
     <w:rsid w:val="00202181"/>
     <w:rsid w:val="00224F1D"/>
     <w:rsid w:val="002635F2"/>
     <w:rsid w:val="00286C41"/>
+    <w:rsid w:val="002964B5"/>
     <w:rsid w:val="0029774E"/>
     <w:rsid w:val="002C3A78"/>
     <w:rsid w:val="00341408"/>
     <w:rsid w:val="00395F1F"/>
     <w:rsid w:val="003C1038"/>
     <w:rsid w:val="003C1A69"/>
     <w:rsid w:val="003E5B49"/>
     <w:rsid w:val="003E7A0A"/>
     <w:rsid w:val="0040716D"/>
     <w:rsid w:val="00442C40"/>
     <w:rsid w:val="00470E08"/>
     <w:rsid w:val="00476472"/>
     <w:rsid w:val="004900C5"/>
     <w:rsid w:val="004943A9"/>
     <w:rsid w:val="0049527E"/>
     <w:rsid w:val="00505831"/>
     <w:rsid w:val="00511170"/>
     <w:rsid w:val="0058636C"/>
     <w:rsid w:val="00592E8F"/>
     <w:rsid w:val="00634A93"/>
     <w:rsid w:val="00640064"/>
     <w:rsid w:val="006757EC"/>
     <w:rsid w:val="00681960"/>
     <w:rsid w:val="006C6BB5"/>
     <w:rsid w:val="0071017E"/>
     <w:rsid w:val="0071391A"/>
     <w:rsid w:val="0073433A"/>
+    <w:rsid w:val="0073625D"/>
     <w:rsid w:val="00736EF9"/>
     <w:rsid w:val="00741537"/>
     <w:rsid w:val="00753F27"/>
     <w:rsid w:val="00781969"/>
     <w:rsid w:val="007947AF"/>
     <w:rsid w:val="007960BD"/>
     <w:rsid w:val="007B647F"/>
     <w:rsid w:val="007E3EBE"/>
     <w:rsid w:val="007F3A7D"/>
     <w:rsid w:val="00804E45"/>
     <w:rsid w:val="00832370"/>
     <w:rsid w:val="00845DD6"/>
     <w:rsid w:val="00856742"/>
     <w:rsid w:val="00896398"/>
     <w:rsid w:val="008C7745"/>
     <w:rsid w:val="008D077F"/>
     <w:rsid w:val="008E419D"/>
     <w:rsid w:val="00907A1A"/>
     <w:rsid w:val="00907C37"/>
     <w:rsid w:val="009164A7"/>
     <w:rsid w:val="00942360"/>
     <w:rsid w:val="009446F2"/>
     <w:rsid w:val="00945B06"/>
     <w:rsid w:val="009C3F56"/>
     <w:rsid w:val="009E7C86"/>
+    <w:rsid w:val="009F2158"/>
     <w:rsid w:val="009F240F"/>
     <w:rsid w:val="00A3697F"/>
     <w:rsid w:val="00A45D00"/>
     <w:rsid w:val="00A94F26"/>
     <w:rsid w:val="00AA469C"/>
     <w:rsid w:val="00AA7254"/>
     <w:rsid w:val="00B57FAF"/>
     <w:rsid w:val="00B914EB"/>
+    <w:rsid w:val="00BB4BAC"/>
     <w:rsid w:val="00BD0776"/>
     <w:rsid w:val="00BF5999"/>
+    <w:rsid w:val="00C36EA6"/>
     <w:rsid w:val="00C553E0"/>
+    <w:rsid w:val="00C6716B"/>
     <w:rsid w:val="00C96B15"/>
     <w:rsid w:val="00CB236D"/>
     <w:rsid w:val="00CD6D22"/>
+    <w:rsid w:val="00CE5670"/>
     <w:rsid w:val="00CF6958"/>
     <w:rsid w:val="00D07D50"/>
     <w:rsid w:val="00D10C48"/>
     <w:rsid w:val="00D3790F"/>
     <w:rsid w:val="00D4692B"/>
     <w:rsid w:val="00D60745"/>
     <w:rsid w:val="00D60C85"/>
     <w:rsid w:val="00D83D9C"/>
     <w:rsid w:val="00D858F8"/>
     <w:rsid w:val="00D86EE6"/>
     <w:rsid w:val="00D907B8"/>
     <w:rsid w:val="00DA7257"/>
+    <w:rsid w:val="00E00E99"/>
+    <w:rsid w:val="00E024C0"/>
     <w:rsid w:val="00E031F4"/>
     <w:rsid w:val="00E177F8"/>
     <w:rsid w:val="00E25D71"/>
     <w:rsid w:val="00E31F1A"/>
+    <w:rsid w:val="00E95440"/>
     <w:rsid w:val="00F11524"/>
     <w:rsid w:val="00F41B19"/>
     <w:rsid w:val="00F87932"/>
     <w:rsid w:val="00F941D3"/>
     <w:rsid w:val="00FD7DF4"/>
     <w:rsid w:val="00FE264A"/>
     <w:rsid w:val="00FE30D0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="34817"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="42D0789E"/>
   <w15:docId w15:val="{CB75D531-09E0-4477-B01E-6CDC6ADF93E8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="120"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8103,50 +7789,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00103058"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
@@ -8455,51 +8142,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FD7DF4"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:qFormat/>
     <w:rsid w:val="00FD7DF4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="155148306">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="266930485">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8556,306 +8243,356 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="662665450">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.caa.gov.lv" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:caa@caa.gov.lv" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4796ED02EC3C40368ADD3BE3AFC447D8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9FEC778F-5B16-47A8-B548-12557363AA87}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00B434D5" w:rsidRDefault="00E334A1" w:rsidP="00E334A1">
           <w:pPr>
             <w:pStyle w:val="4796ED02EC3C40368ADD3BE3AFC447D81"/>
           </w:pPr>
           <w:r w:rsidRPr="00CD70A8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="12D02F80C5004776A5F266E8B9026778"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AB307EF3-60BF-44AB-BBCC-F92C5725024B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003D45C1" w:rsidRDefault="00CF7673" w:rsidP="00CF7673">
+        <w:p w:rsidR="003D45C1" w:rsidRDefault="00E15BFC" w:rsidP="00E15BFC">
           <w:pPr>
             <w:pStyle w:val="12D02F80C5004776A5F266E8B9026778"/>
           </w:pPr>
-          <w:r w:rsidRPr="00FD7DF4">
+          <w:r w:rsidRPr="00F35D35">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:t>Click or tap here to enter text.</w:t>
+            <w:t>Enter the name and surname the same as in ID document</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="56D87F89E62749E191845200883BEFF9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E29389CC-E713-4371-93CA-EBD518F1C3D5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D70" w:rsidRDefault="0020760F" w:rsidP="0020760F">
+        <w:p w:rsidR="00314D70" w:rsidRDefault="00E15BFC" w:rsidP="00E15BFC">
           <w:pPr>
             <w:pStyle w:val="56D87F89E62749E191845200883BEFF9"/>
           </w:pPr>
           <w:r w:rsidRPr="00FD7DF4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F49B1D42E00144E8B3CE5BD242F07774"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6D43A2B5-D63B-4295-ABE6-28E90FEC045C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00975DFF" w:rsidRDefault="00E15BFC" w:rsidP="00E15BFC">
+          <w:pPr>
+            <w:pStyle w:val="F49B1D42E00144E8B3CE5BD242F07774"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E00E99">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>dd/mm/yyyy</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="RobustaTLPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...1 lines deleted...]
-    <w:charset w:val="BA"/>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E334A1"/>
+    <w:rsid w:val="000A3D71"/>
     <w:rsid w:val="000F468A"/>
     <w:rsid w:val="0020760F"/>
     <w:rsid w:val="00314D70"/>
     <w:rsid w:val="003D45C1"/>
+    <w:rsid w:val="00602594"/>
     <w:rsid w:val="006C5287"/>
+    <w:rsid w:val="0073625D"/>
+    <w:rsid w:val="007965A7"/>
+    <w:rsid w:val="00975DFF"/>
+    <w:rsid w:val="009F2158"/>
     <w:rsid w:val="00A1071F"/>
     <w:rsid w:val="00B434D5"/>
+    <w:rsid w:val="00C17723"/>
     <w:rsid w:val="00CF7673"/>
+    <w:rsid w:val="00DB3C27"/>
+    <w:rsid w:val="00DF48F8"/>
+    <w:rsid w:val="00E15BFC"/>
     <w:rsid w:val="00E334A1"/>
     <w:rsid w:val="00E95C9D"/>
     <w:rsid w:val="00EB305F"/>
     <w:rsid w:val="00FE37D6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9187,149 +8924,150 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0020760F"/>
+    <w:rsid w:val="00E15BFC"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4796ED02EC3C40368ADD3BE3AFC447D81">
     <w:name w:val="4796ED02EC3C40368ADD3BE3AFC447D81"/>
     <w:rsid w:val="00E334A1"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12D02F80C5004776A5F266E8B90267781">
-[...1 lines deleted...]
-    <w:rsid w:val="00A1071F"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12D02F80C5004776A5F266E8B9026778">
+    <w:name w:val="12D02F80C5004776A5F266E8B9026778"/>
+    <w:rsid w:val="00E15BFC"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12D02F80C5004776A5F266E8B9026778">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF7673"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F49B1D42E00144E8B3CE5BD242F07774">
+    <w:name w:val="F49B1D42E00144E8B3CE5BD242F07774"/>
+    <w:rsid w:val="00E15BFC"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8A1A48DD7F58424D9213477D50A2A74A">
-[...5 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="56D87F89E62749E191845200883BEFF9">
     <w:name w:val="56D87F89E62749E191845200883BEFF9"/>
-    <w:rsid w:val="0020760F"/>
+    <w:rsid w:val="00E15BFC"/>
     <w:pPr>
-      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -9576,71 +9314,363 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b5f85c47-283b-4062-ae0b-411e3d4e08af">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="74c49937-2223-491f-8985-b14acc04ca45" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100C85A1617D9342140A99B9CBC51FA3D6A" ma:contentTypeVersion="13" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="e98c21876e2705d1e279d67e2e0d83d5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b5f85c47-283b-4062-ae0b-411e3d4e08af" xmlns:ns3="74c49937-2223-491f-8985-b14acc04ca45" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9bd873c259e8ded2592a30b24dc9ad97" ns2:_="" ns3:_="">
+    <xsd:import namespace="b5f85c47-283b-4062-ae0b-411e3d4e08af"/>
+    <xsd:import namespace="74c49937-2223-491f-8985-b14acc04ca45"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b5f85c47-283b-4062-ae0b-411e3d4e08af" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="11" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="12" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="16" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="dee04b70-ef6a-472e-8cff-5535f4e4ee59" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="18" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="74c49937-2223-491f-8985-b14acc04ca45" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{141a2493-4d2e-41f6-9099-6afcf0efe3f6}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="74c49937-2223-491f-8985-b14acc04ca45">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6541A6A2-35EF-4204-8B25-1B0345646330}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b5f85c47-283b-4062-ae0b-411e3d4e08af"/>
+    <ds:schemaRef ds:uri="74c49937-2223-491f-8985-b14acc04ca45"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C7332A5-372E-46EB-BF9A-47AB503FD86E}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5FA7F5A0-9F73-4E48-89DF-DFA82890AA85}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0BF14DE0-BEAC-48AB-9706-C9D9FEA65C1C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>3182</Words>
-  <Characters>1814</Characters>
+  <Words>3212</Words>
+  <Characters>1831</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4987</CharactersWithSpaces>
+  <CharactersWithSpaces>5033</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Armands Ozolins</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100C85A1617D9342140A99B9CBC51FA3D6A</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
+    <vt:r8>4674200</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>