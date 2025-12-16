--- v0 (2025-10-09)
+++ v1 (2025-12-16)
@@ -13,51 +13,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidRPr="00DF0F09" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="33076363" w14:textId="77777777">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="3D7C9366" w14:textId="2039835B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
@@ -106,51 +106,51 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">OF INITIAL OR NEW CURRENT REVISION </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="0C4E78F0" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:bidi="ar-QA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="39824942" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="56413A0C" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="56413A0C" w14:textId="0ECDFD51">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Minimum Equipment List (MEL) Initial or New </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
@@ -173,1456 +173,2056 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Revision’s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Approval</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C36A2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C36A2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="1F5CCCBB" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="4626EAC4" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="0031055B" w14:paraId="4626EAC4" w14:textId="4B15390A">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098578D">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="32"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0098578D">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Requested</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MEL Initial or New </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MEL Initial or New </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Current</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Revision</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ref</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00FB20E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="5E0929F5" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00850816" w14:paraId="5E0929F5" w14:textId="24F81A70">
       <w:pPr>
         <w:ind w:left="2880" w:firstLine="720"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098578D">
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Aircraft Type/Issue/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Revision</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Applicability</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Date</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="209B8428" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="0929B871" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="0929B871" w14:textId="34280CEA">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="32"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">□ </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Current</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MMEL </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Current</w:t>
+        <w:t>ref</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MMEL </w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00850816" w14:paraId="20958C96" w14:textId="2B928676">
+      <w:pPr>
+        <w:ind w:left="2880" w:firstLine="720"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Aircraft Type/Issue/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0098578D">
-[...5 lines deleted...]
-        <w:t>ref</w:t>
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Revision</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0098578D">
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Applicability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Date</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="20958C96" w14:textId="77777777">
-[...62 lines deleted...]
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="24AA1B86" w14:textId="77777777">
+    <w:p w:rsidR="00FB17F9" w:rsidP="00D27D2D" w:rsidRDefault="00FB17F9" w14:paraId="32DE48A7" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098578D">
-[...67 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="2CEE991B" w14:textId="77777777">
-[...87 lines deleted...]
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="04C08471" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="24AA1B86" w14:textId="7419DB20">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Current</w:t>
+        <w:t>Supporting</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> AFM </w:t>
+        <w:t xml:space="preserve"> Data (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ref</w:t>
+        <w:t>Additional</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="006C7913">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">documents </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>related</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF398B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">changes in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>MEL):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="68A594A7" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="2CEE991B" w14:textId="7106DEDE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidR="00850816">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00850816" w:rsidR="00850816">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Aircraft Type/Model/Issue/</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0098578D">
+        <w:t>EASA MEL/</w:t>
+      </w:r>
+      <w:r w:rsidR="00C940AF">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0098578D">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>DDG</w:t>
+      </w:r>
+      <w:r w:rsidR="00850816">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Date</w:t>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> etc.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="3344ADF3" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="587467D7" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="6CD2109A" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="04C08471" w14:textId="2BD68F4B">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">□ </w:t>
+        <w:t>Current</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AFM </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Amendments</w:t>
+        <w:t>ref</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to the MEL </w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="68A594A7" w14:textId="0C3CB6ED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00850816">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Aircraft Type/Model/Issue/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>following</w:t>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Revision</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> changes to the MMEL:</w:t>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Date</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="51D3CF2B" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="3344ADF3" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...46 lines deleted...]
-      </w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="45BF7BC3" w14:textId="77777777">
-[...9 lines deleted...]
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="5DFBCB31" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="6CD2109A" w14:textId="1C636867">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098578D">
-[...5 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Operational</w:t>
+        <w:t>Amendments</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and Maintenance </w:t>
+        <w:t xml:space="preserve"> to the MEL </w:t>
+      </w:r>
+      <w:r w:rsidR="0031055B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>due to changes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0031055B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the MMEL:</w:t>
+      </w:r>
+      <w:r w:rsidR="00850816">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:id w:val="-1863202525"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
+            <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F875AA">
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Arial"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+              <w:lang w:val="en-GB"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00850816">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidRPr="00850816" w:rsidR="00850816">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00850816">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="0098578D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:id w:val="1759788086"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
+            <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F875AA">
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Arial"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+              <w:lang w:val="en-GB"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00850816">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> – applicable changes:</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00850816" w:rsidR="00850816">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="1FAF1176" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="51D3CF2B" w14:textId="21E6FB82">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00850816">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>AMC1 ORO.MLR.105 (h)</w:t>
+        <w:t>AMC1 ORO.MLR.105 (c)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="1A3D9C9C" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="45BF7BC3" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="48ADBDC0" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="0031055B" w14:paraId="5DFBCB31" w14:textId="7FB339AA">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...11 lines deleted...]
-        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Amendments</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the MEL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>due to changes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Operator’s</w:t>
+        <w:t>Operational</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00850816">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Maintenance </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Procedures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00850816">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:id w:val="1195508033"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
+            <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F875AA">
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Arial"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+              <w:lang w:val="en-GB"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00850816">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidRPr="00850816" w:rsidR="00850816">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00850816">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>modified</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:id w:val="-22566107"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
+            <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F875AA">
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Arial"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+              <w:lang w:val="en-GB"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00850816">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00850816" w:rsidR="00850816">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="1FAF1176" w14:textId="6C7FA230">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00850816">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AMC1 ORO.MLR.105 (h)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C36A2" w:rsidP="004C36A2" w:rsidRDefault="004C36A2" w14:paraId="35B0BBCD" w14:textId="53FBD7A4">
+      <w:pPr>
+        <w:spacing w:line="120" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C36A2" w:rsidP="004C36A2" w:rsidRDefault="004C36A2" w14:paraId="7F8C84BE" w14:textId="6258117B">
+      <w:pPr>
+        <w:spacing w:line="120" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004C36A2" w:rsidR="004C36A2" w:rsidP="004C36A2" w:rsidRDefault="004C36A2" w14:paraId="568D758D" w14:textId="4D118F3B">
+      <w:pPr>
+        <w:spacing w:line="120" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C36A2">
+        <w:rPr>
+          <w:b/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t xml:space="preserve"> Note : If </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t>any</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0098578D">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="004C36A2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0098578D">
-[...5 lines deleted...]
-        <w:t>Operational</w:t>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t>releavant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0098578D">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> and Maintenance </w:t>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0098578D">
-[...5 lines deleted...]
-        <w:t>Procedures</w:t>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t>field</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0098578D">
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="004C36A2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t xml:space="preserve"> not </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t>apllicable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t>amended</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t xml:space="preserve"> MEL, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t>it</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t>be</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t>marked</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t>it</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t xml:space="preserve"> as N/A</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="4C55479D" w14:textId="77777777">
-[...81 lines deleted...]
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="3D77A5DB" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00BF398B" w:rsidP="00BF398B" w:rsidRDefault="006C7913" w14:paraId="47C2FF40" w14:textId="2E5EB2AD">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0098578D">
+        <w:lastRenderedPageBreak/>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF398B">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="32"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0098578D">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mmendments</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BF398B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> to the MEL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0098578D">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Operational</w:t>
+        <w:t>reasons</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidRPr="0098578D" w:rsidR="00BF398B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and Maintenance </w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098578D" w:rsidR="00BF398B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0098578D" w:rsidR="00BF398B" w:rsidP="00BF398B" w:rsidRDefault="00BF398B" w14:paraId="587F8F53" w14:textId="6E401AD6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidR="006C7913">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00310068">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tate</w:t>
+      </w:r>
+      <w:r w:rsidR="006C7913">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0098578D">
-[...5 lines deleted...]
-        <w:t>Procedures</w:t>
+      <w:r w:rsidR="006C7913">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reason</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0098578D">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...34 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="32228BEA" w14:textId="77777777">
-[...72 lines deleted...]
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="2A0FA704" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="48ADBDC0" w14:textId="065261DA">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Operational</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="32"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0098578D">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00850816">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MEL </w:t>
+        <w:t>/or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Maintenance </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>preparation</w:t>
+        <w:t>Procedures</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidR="0031055B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidR="0031055B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>amendment</w:t>
+        <w:t>were</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidR="0031055B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidR="0031055B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>procedure</w:t>
+        <w:t>modified</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidR="0031055B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> by </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0031055B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Operator</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:id w:val="-157921164"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
+            <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="006B43CB">
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Arial"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+              <w:lang w:val="en-GB"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00850816">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidRPr="00850816" w:rsidR="00850816">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00850816">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>ref</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:id w:val="-944465108"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
+            <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F875AA">
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Arial"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+              <w:lang w:val="en-GB"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00850816">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00850816" w:rsidR="00850816">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="4C55479D" w14:textId="0588C3C8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00850816">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AMC1 ORO.MLR.105 (g) O&amp;M </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Procedures</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (a)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="35870D0F" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="7EA93C34" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...39 lines deleted...]
-        <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>AMC1 ORO.GEN.200 (a)(5); GM1 ORO.MLR.105 (a)</w:t>
-[...14 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="190CD2AA" w14:textId="77777777">
-[...15 lines deleted...]
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="1BFA91E9" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="3D77A5DB" w14:textId="12E95A64">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098578D">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>Operational</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Maintenance </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Procedures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reference</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to OM and CAMO or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> documents:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="32228BEA" w14:textId="3043083F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00850816">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GM1 ORO.MLR.105 (g)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="725E632D" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="1BFA91E9" w14:textId="632662DB">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Rectification </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Interval</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Extension (RIE) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
@@ -1636,93 +2236,100 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ref</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="76BC5C6D" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="76BC5C6D" w14:textId="5F0A7564">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00850816">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AMC1 ORO.MLR.105 (f)/Name and position of the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nominated</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1743,423 +2350,415 @@
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the control of RIE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="3332B80F" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="3BCBF808" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="3BCBF808" w14:textId="32E20B9C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="1"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>□</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">Personnel authorising RIEs: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="1AF729EB" w14:textId="6ED3BAC2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Personnel authorising RIEs: </w:t>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-GB"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidR="00850816">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve">                  </w:t>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>AMC1 ORO.MLR.105 (f)/Personnel listed by appointment and name</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="170FDC23" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="567CF44B" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="567CF44B" w14:textId="37A6BB92">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098578D">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Procedures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Procedures</w:t>
+        <w:t>addressing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>addressing</w:t>
+        <w:t>operations</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>operations</w:t>
+        <w:t>outside</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>outside</w:t>
+        <w:t>constraints</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the </w:t>
+        <w:t xml:space="preserve"> of MEL </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>constraints</w:t>
+        <w:t>ref</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of MEL </w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="12B4C953" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="12B4C953" w14:textId="4D043164">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00850816">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">AMC1 ORO.MLR.105 (j)/Name and position of the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nominated</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> personnel </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>responsible</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the control </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="3C9C3418" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="4F87465F" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="4F87465F" w14:textId="1705F469">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="1"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="32"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> Personnel </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Personnel </w:t>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">authorising operations outside the constraints of MEL: </w:t>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
@@ -2217,394 +2816,514 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="13A3998F" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="006B43CB" w14:paraId="13A3998F" w14:textId="74E9F1B6">
       <w:pPr>
         <w:ind w:left="2880" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098578D">
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098578D" w:rsidR="00D27D2D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>AMC1 ORO.MLR.105 (j)/Personnel listed by appointment and name</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="0646BDC6" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="62EAF898" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="62EAF898" w14:textId="3FB6FE4F">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="1"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098578D">
-[...5 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Amended</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> MEL </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>submitted</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to LV CAA:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00DF0F09" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="11AF599A" w14:textId="77777777">
+    <w:p w:rsidRPr="0098578D" w:rsidR="00DF0F09" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="11AF599A" w14:textId="631430AB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="006B43CB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Date of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Submission</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">/Date of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>applicability</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0098578D">
+      <w:r w:rsidR="002200EF">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>specified</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0098578D">
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="00850816">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in the </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>changes in</w:t>
+      </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>approved</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> change to the MMEL</w:t>
+        <w:t xml:space="preserve"> the MMEL</w:t>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="0098578D" w:rsidR="00DF0F09" w:rsidP="00D27D2D" w:rsidRDefault="00DF0F09" w14:paraId="0444B5B4" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00DF0F09" w:rsidP="00D27D2D" w:rsidRDefault="00DF0F09" w14:paraId="7C61DBEB" w14:textId="77777777">
-[...34 lines deleted...]
-    </w:p>
     <w:p w:rsidRPr="0098578D" w:rsidR="00DF0F09" w:rsidP="00D27D2D" w:rsidRDefault="00DF0F09" w14:paraId="7F9B1838" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0098578D" w:rsidR="00DF0F09" w:rsidP="00D27D2D" w:rsidRDefault="00DF0F09" w14:paraId="37CFBD85" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="6B4FCABD" w14:textId="7BFD19B2">
+    <w:p w:rsidR="009937BA" w:rsidP="00D27D2D" w:rsidRDefault="009937BA" w14:paraId="2968BA05" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009937BA" w:rsidP="00D27D2D" w:rsidRDefault="009937BA" w14:paraId="24FED892" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009937BA" w:rsidP="00D27D2D" w:rsidRDefault="009937BA" w14:paraId="17566053" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009937BA" w:rsidP="00D27D2D" w:rsidRDefault="009937BA" w14:paraId="65D28C55" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009937BA" w:rsidP="00D27D2D" w:rsidRDefault="009937BA" w14:paraId="6248569E" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009937BA" w:rsidP="00D27D2D" w:rsidRDefault="009937BA" w14:paraId="60C33BC9" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009937BA" w:rsidP="00D27D2D" w:rsidRDefault="009937BA" w14:paraId="356947D9" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009937BA" w:rsidP="00D27D2D" w:rsidRDefault="009937BA" w14:paraId="781A50D8" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009937BA" w:rsidP="00D27D2D" w:rsidRDefault="004C36A2" w14:paraId="6D05ECA9" w14:textId="666E2873">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004C36A2" w:rsidR="004C36A2" w:rsidP="004C36A2" w:rsidRDefault="004C36A2" w14:paraId="4F96DC4C" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C36A2">
+        <w:rPr>
+          <w:b/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t xml:space="preserve"> Note : If </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t>any</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t>releavant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t>field</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t xml:space="preserve"> not </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t>apllicable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t>amended</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t xml:space="preserve"> MEL, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t>it</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t>be</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t>marked</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t>it</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C36A2">
+        <w:t xml:space="preserve"> as N/A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="6F21A799" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Highlights of </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Highlights</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098578D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0098578D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Revision</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidRPr="0098578D" w:rsidR="00D27D2D" w:rsidP="00D27D2D" w:rsidRDefault="00D27D2D" w14:paraId="79278AFF" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -4035,93 +4754,108 @@
     </w:p>
     <w:p w:rsidR="00807563" w:rsidP="008A2594" w:rsidRDefault="00807563" w14:paraId="7C61773C" w14:textId="422836AD">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00807563" w:rsidP="008A2594" w:rsidRDefault="00807563" w14:paraId="1BC66AAF" w14:textId="25F77B44">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00807563" w:rsidP="008A2594" w:rsidRDefault="00807563" w14:paraId="2240A251" w14:textId="249FC343">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="001F2CC5" w:rsidR="00807563" w:rsidP="00CE7C60" w:rsidRDefault="001D6C3C" w14:paraId="35FA5A1B" w14:textId="23019CDC">
+    <w:p w:rsidRPr="001F2CC5" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="001D6C3C" w14:paraId="35FA5A1B" w14:textId="23019CDC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>MEL Checklist</w:t>
       </w:r>
       <w:r w:rsidRPr="001F2CC5" w:rsidR="001F2CC5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001F2CC5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">                                              </w:t>
       </w:r>
       <w:r w:rsidRPr="001F2CC5" w:rsidR="00807563">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>NA = Not Applicable; C = Compliant; NC = Not Compliant; R = Remark; N/R = Not Reviewed</w:t>
+        <w:t xml:space="preserve">NA = Not Applicable; C = Compliant; NC = </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F2CC5" w:rsidR="00807563">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Not</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F2CC5" w:rsidR="00807563">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Compliant; R = Remark; N/R = Not Reviewed</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00807563" w:rsidRDefault="00807563" w14:paraId="605F85AA" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="16050" w:type="dxa"/>
         <w:tblInd w:w="-936" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="6" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="6" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
@@ -4131,117 +4865,117 @@
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="4479"/>
         <w:gridCol w:w="4253"/>
         <w:gridCol w:w="1551"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="3498"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="17683EA3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="396"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="pct25" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4B97AC04" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4B97AC04" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Reference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="pct25" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="14AEE674" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="14AEE674" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Requirement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="pct25" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="14CBB12E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="14CBB12E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Specific requirements/expectations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
@@ -4284,9209 +5018,9210 @@
             <w:shd w:val="pct25" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00807563" w:rsidRDefault="00807563" w14:paraId="2DBBC458" w14:textId="504D8F35">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Inspector assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00ED572E" w14:paraId="11C67434" w14:textId="77777777">
+      <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00850816" w14:paraId="11C67434" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="16050" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="15379E74" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="15379E74" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Administration and control of the MEL (if separated from OM-B)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="653783B1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="05649AE1" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="05649AE1" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.MLR.100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="7F964EC0" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="7F964EC0" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>System of amendment and revision</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4458119D" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4458119D" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(a)Details of the person(s) responsible for the issuance and insertion of amendments and revisions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="01A8833D" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="01A8833D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="38BF6E69" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="38BF6E69" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="22FB9547" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="22FB9547" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="289A8FA6" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="289A8FA6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4C859863" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4C859863" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3C33F9F0" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3C33F9F0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="31083C36" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="31083C36" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="23FABD29" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="23FABD29" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="57338C1E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1DC4072D" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1DC4072D" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.MLR.100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="04541614" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="04541614" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(b) A record of amendments and revisions with insertion dates and effective dates.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="28DFB0BE" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="28DFB0BE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="288C3AB2" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="288C3AB2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="26B4980E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="26B4980E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="793A1F4F" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="793A1F4F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="45D00BD1" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="45D00BD1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="59621CFA" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="59621CFA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="23FE8AAC" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="23FE8AAC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="771AB8E1" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="771AB8E1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="0D97F284" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6F9348D1" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6F9348D1" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.MLR.100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="005D65AD" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="005D65AD" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(c) A statement that handwritten amendments and revisions are not permitted except in situations requiring immediate amendment or revision in the interest of safety.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1A12591E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1A12591E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4CF1A160" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4CF1A160" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6CC8C109" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6CC8C109" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6CA26E87" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6CA26E87" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2E771F6A" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2E771F6A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2AFCEE6A" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2AFCEE6A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4453283B" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4453283B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="453B4376" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="453B4376" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="7524C224" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="193F73F8" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="193F73F8" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.MLR.100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3250A58B" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3250A58B" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(d) A description of the system for the annotation of pages and their effective dates.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5AEBA507" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5AEBA507" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1D26EE16" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1D26EE16" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="79889516" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="79889516" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="07CC57B2" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="07CC57B2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="454CEDF4" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="454CEDF4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="33517C83" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="33517C83" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="58228362" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="58228362" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3F171F9E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3F171F9E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="62D30FDA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1E38E5CD" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1E38E5CD" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.MLR.100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="07D4B3BB" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="07D4B3BB" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(e) A list of effective pages.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="05FFC0A3" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="05FFC0A3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3F8DED6E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3F8DED6E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="42DA61FD" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="42DA61FD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4EEDF642" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4EEDF642" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1A0D2988" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1A0D2988" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="05FEFAEF" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="05FEFAEF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="21ED62F7" w14:textId="77777777">
-[...13 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="21ED62F7" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D555B0">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2AFA63CA" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2AFA63CA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="189CC4D4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5614055F" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5614055F" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>ORO.MLR.100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="591EEBEC" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="591EEBEC" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(f) Annotation of changes (on text pages and, as far as practicable, on charts and diagrams).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="124D917B" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="124D917B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Description on how changes to the MEL are identified.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="44D2DFDE" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="44D2DFDE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="68E32CB9" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="68E32CB9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6E37B6AE" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6E37B6AE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6A682C9E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6A682C9E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="39848988" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="39848988" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2C9D01F8" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2C9D01F8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1E615F96" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1E615F96" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="480489EE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5137A97E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5137A97E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.MLR.100</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5F6E349E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5F6E349E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="21E5762E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="21E5762E" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(g) Temporary revisions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="7AF381F2" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="7AF381F2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Description of the process for the issuance of temporary revisions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6ACD2CCE" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6ACD2CCE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5C3CB978" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5C3CB978" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="20A41A52" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="20A41A52" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="52927A94" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="52927A94" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="587561D8" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="587561D8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2A3792C2" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2A3792C2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3105D68C" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3105D68C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="570EB61A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="712C5DD4" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="712C5DD4" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.AOC.150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4E187D35" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4E187D35" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(h) A description of the distribution system for the MEL, amendments and revisions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1C884960" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1C884960" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Description on how the MEL is made available to the relevant persons.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3373A9AA" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3373A9AA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="7740A4AA" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="7740A4AA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="05F9F9A9" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="05F9F9A9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="61EB6B16" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="61EB6B16" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1F7808A8" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1F7808A8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5AF0CA74" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5AF0CA74" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6293B189" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6293B189" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00ED572E" w14:paraId="6D2A2E6C" w14:textId="77777777">
+      <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00850816" w14:paraId="6D2A2E6C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="16050" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6A6CDB69" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6A6CDB69" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Approval of the MEL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="7BB3D530" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="0643D8ED" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="0643D8ED" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.MLR.105(a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="73E5C0F4" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="73E5C0F4" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="50284E12" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="50284E12" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- MEL to be based on the relevant MMEL, including:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3547E514" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3547E514" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Format;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="222BF042" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="222BF042" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Item presentation; and</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="0AACCC1A" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="0AACCC1A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Dispatch conditions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="221EB6CC" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="221EB6CC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- The ATA 100/2200 Specification numbering system for MEL items is preferred, but other numbering systems may be used.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="0F57702D" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="0F57702D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="28772D70" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="28772D70" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Consider special conditions for non-complex helicopters MMEL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="7F16F946" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="7F16F946" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2F65FF99" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2F65FF99" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="770B4C26" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="770B4C26" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="07753728" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="07753728" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="36D1BBFE" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="36D1BBFE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2725DD89" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2725DD89" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="72B09793" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="72B09793" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="2900F9DA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3D069D21" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3D069D21" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.MLR.105(e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="41C6DD38" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="41C6DD38" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="05218C35" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="05218C35" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- MEL to contain rectification intervals not less restrictive than the corresponding MMEL rectification interval.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="730C7F14" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="730C7F14" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>The definitions and categories of rectification intervals are provided in CS-MMEL.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="41741A73" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="41741A73" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1E27951B" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1E27951B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6F8FF2CA" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6F8FF2CA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="00622241" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="00622241" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4FC8B642" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4FC8B642" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6204E6FB" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6204E6FB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="711E0DB6" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="711E0DB6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="79264254" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="257DE80E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="257DE80E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>ORO.MLR.105(e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6A3C1BFA" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6A3C1BFA" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1F0A3D2F" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1F0A3D2F" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Operator’s rectification programme to be described, including conditions to operate after expiry of the rectification interval.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="66D9F51C" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="66D9F51C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="529D267C" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="529D267C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="71DA51CA" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="71DA51CA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5F809E0E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5F809E0E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="643C59AC" w14:textId="77777777">
-[...14 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="643C59AC" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D555B0">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="7A490C79" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="7A490C79" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5F707ADC" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5F707ADC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="1E3E6468" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4BCB8CBF" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4BCB8CBF" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.MLR.105(c)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5AE35B85" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5AE35B85" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5F3AD8E1" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5F3AD8E1" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6F9F083A" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6F9F083A" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Operator’s procedure to specify that the MEL is to be amended after any applicable change to the MMEL within 90 days.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="430B86C4" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="430B86C4" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2C3DE40C" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2C3DE40C" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5D6267D7" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5D6267D7" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="233687E3" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="233687E3" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="7E07CEB3" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="7E07CEB3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="0C91B4EC" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="0C91B4EC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4CD67A01" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4CD67A01" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5B136203" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5B136203" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="11A3EB47" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="11A3EB47" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5885C2A1" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5885C2A1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1E889167" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1E889167" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="783EDA02" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="783EDA02" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="132AF3CE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5A9EAFFD" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5A9EAFFD" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.MLR.105(h)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="14D25E52" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="14D25E52" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6579285C" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6579285C" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Operator’s procedure to specify that the MEL is to be amended within 90 days after any change to the operational and maintenance procedures referenced in the MMEL.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="740E3094" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="740E3094" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5F6A91D4" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5F6A91D4" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="166959CB" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="166959CB" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="62A68A2D" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="62A68A2D" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2A0FBA7D" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2A0FBA7D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="38721498" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="38721498" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="0B8CD421" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="0B8CD421" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="34B29F5A" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="34B29F5A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4397FD5D" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4397FD5D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="38DF9F12" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="38DF9F12" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="75E6378C" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="75E6378C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1BEDF70A" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1BEDF70A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="69E7F8EB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="71D7F003" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="71D7F003" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.MLR.105(d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="041F9C8D" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="041F9C8D" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- MEL to contain a preamble, including guidance and definitions for flight crews and maintenance personnel using the MEL.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4BC591A2" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4BC591A2" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="7570C778" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="7570C778" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- MEL preamble to:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="02A13BB6" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="02A13BB6" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>reflect the content of the MMEL preamble;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="7E7C64FE" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="7E7C64FE" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>contain terms and definitions used in the MEL;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="053B671B" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="053B671B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>contain any other relevant specific information for the MEL scope and use that is not originally provided in the MMEL;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="52EF208B" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="52EF208B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>provide guidance on how to identify the origin of a failure or malfunction;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3AC05501" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3AC05501" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">contain guidance on the management of multiple </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>unserviceabilities</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>; and</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="7F89DF67" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="7F89DF67" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">contain guidance on placarding of inoperative items to inform crew members of equipment condition, as appropriate. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="674C5CAA" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="674C5CAA" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="778BD579" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="778BD579" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Check that specific national requirements are reflected into the MEL (if applicable) (e.g. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>maximim</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> duration of unserviceable TCAS limited in some countries in Europe (e.g. Germany))</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4A897C7E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4A897C7E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1779B93B" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1779B93B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="33C3BC8A" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="33C3BC8A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="7724C522" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="7724C522" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="58ABA2BC" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="58ABA2BC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4B8EEA07" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4B8EEA07" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="44B4DF51" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="44B4DF51" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="6287952A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="03454F0E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="03454F0E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.MLR.105(d)(2)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="14F66CFB" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="14F66CFB" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4CBFA90F" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4CBFA90F" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6FC5870D" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6FC5870D" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- MEL to contain the revision status of the MMEL upon which the MEL is based and the revision status of the MEL.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="07DAFF6D" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="07DAFF6D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="7785BC41" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="7785BC41" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="60940AA3" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="60940AA3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2A690754" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2A690754" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1A4ADB83" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1A4ADB83" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="44D3FAB2" w14:textId="77777777">
-[...13 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="44D3FAB2" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D555B0">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="13454ACB" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="13454ACB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="64531633" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="64531633" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="6879CB57" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="06726904" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="06726904" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>ORO.MLR.105(d)(3)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6E33827C" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6E33827C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4921CC8D" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4921CC8D" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="30B120A7" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="30B120A7" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">- MEL to include its scope, extent and purpose,  including: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="163E81EF" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="163E81EF" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Specific provisions for the SPA approvals held by the operator; </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="770B6A70" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="770B6A70" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Specific provision for non-commercial operations carried out with aircraft listed on its AOC; and</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="0BFF48DF" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="0BFF48DF" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Guidance how to deal with any failures that occur between the commencement of the flight and the start of the T-O.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5B9B41FE" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5B9B41FE" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6E3F82D7" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6E3F82D7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Check that all the following SPA approvals (if applicable) PBN, MNPS, RVSM, LVO, HHO, HOFO, NVIS, EFB, ETOPS, SET-IMC, are reflected in the operator’s MEL.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="158B5C95" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="158B5C95" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1E6B77F4" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1E6B77F4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1BE58B7B" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1BE58B7B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5024BE3B" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5024BE3B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2CA2C164" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2CA2C164" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="7AE1D8A4" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="7AE1D8A4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4540F813" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4540F813" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="3CC7F96C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="237AABAA" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="237AABAA" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.MLR.105(g)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3418512E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3418512E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="23EF22EF" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="23EF22EF" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Operational procedures:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="281C00C5" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="281C00C5" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- MEL to include operational a procedures based on the procedures of the MMEL.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="55564627" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="55564627" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="69CE3609" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="69CE3609" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">- Existence of operational procedures to be clearly identified in the MEL by (o) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="26FBD861" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="26FBD861" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Check that operator’s policy described in the preamble includes the completion of operational/maintenance procedure when planning/prior to operating with the listed item inoperative.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="26A8C44D" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="26A8C44D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="337F8741" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="337F8741" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3E7494D1" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3E7494D1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="197DE55A" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="197DE55A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="0DD475DB" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="0DD475DB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2ABA02F7" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2ABA02F7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3D107E3F" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3D107E3F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="177A22CD" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5EB88976" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5EB88976" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.MLR.105(g)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="687E5CEA" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="687E5CEA" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="52BF702C" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="52BF702C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="153F28CB" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="153F28CB" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="330CC14C" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="330CC14C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="0B605A61" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="0B605A61" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="0A77DF95" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="0A77DF95" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="33C90E47" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="33C90E47" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Maintenance procedures:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="433587A5" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="433587A5" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- MEL to include maintenance procedures based on the procedures of the MMEL.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="77A19436" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="77A19436" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="0CBFE291" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="0CBFE291" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Existence of maintenance procedures to be clearly identified in the MEL by (M).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="38638D66" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="38638D66" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Check that operator’s policy described in the preamble includes the completion of operational/maintenance procedure when planning/prior to operating with the listed item inoperative.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5E3448C9" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5E3448C9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="16D932D8" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="16D932D8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="25804A8F" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="25804A8F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="45B90B5E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="45B90B5E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="66F5F08F" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="66F5F08F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="041A8EDF" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="041A8EDF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="09E7AA3A" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="09E7AA3A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="6853D6BA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4395E0FF" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4395E0FF" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>AUR.SUR.2010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="67E57E43" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="67E57E43" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Rectification interval for the transponder:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6A29B232" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6A29B232" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5CA60A8B" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5CA60A8B" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>For aircraft required to be equipped with a transponder in accordance with para 1.b) and 1.c) of AUR.SUR.2005, the maximum rectification intervals shall be 3 days.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="68EF634A" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="68EF634A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="42C10432" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="42C10432" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="01CAC4BD" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="01CAC4BD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5AEA4094" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5AEA4094" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="67BC5744" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="67BC5744" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3F6CB2F4" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3F6CB2F4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="481A2005" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="481A2005" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2D4B3071" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2D4B3071" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="388E239C" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="388E239C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3FF8F93B" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3FF8F93B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4D7E12F1" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4D7E12F1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="78A97E77" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="78A97E77" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1965900C" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1965900C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00ED572E" w14:paraId="000BC7D8" w14:textId="77777777">
+      <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00850816" w14:paraId="000BC7D8" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="16050" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="73618A83" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="73618A83" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Procedure for the extension of rectification intervals for B, C and D intervals.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="3E9F742D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5EFE4D82" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5EFE4D82" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.MLR.105(f)(1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5CF05C3A" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5CF05C3A" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="0C0F090C" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="0C0F090C" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Extension of the rectification interval to be within the scope of the MMEL for the aircraft type;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="37DABB05" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="37DABB05" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5D45885B" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5D45885B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Check compliance of the operator’s procedure.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4F8CE738" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4F8CE738" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- When an FAA MMEL is used, extension of CAT D rectification intervals is forbidden.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6B8F3937" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6B8F3937" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="7092E611" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="7092E611" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4E911A61" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4E911A61" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2FADCCFD" w14:textId="77777777">
-[...13 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2FADCCFD" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D555B0">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="399DBFE8" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="399DBFE8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="73D7F162" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="73D7F162" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3E542F18" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3E542F18" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="3C770A99" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="0638AEA1" w14:textId="77777777">
-[...13 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="0638AEA1" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D555B0">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
               <w:t>ORO.MLR.105(f)(2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="47900684" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="47900684" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="7B56E059" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="7B56E059" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Extension of the rectification interval to be, as a maximum, of the same duration as the rectification interval specified in the MEL.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4EE9B3D6" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4EE9B3D6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Check compliance of the operator’s procedure.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="76A4FC2B" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="76A4FC2B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="326AFF40" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="326AFF40" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4DCEF704" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4DCEF704" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="17E73A35" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="17E73A35" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1CB0D05C" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1CB0D05C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="46360960" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="46360960" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="22128B4F" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="22128B4F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="38AAEE84" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3DDE7290" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3DDE7290" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.MLR.105(f)(3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="19DDD622" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="19DDD622" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6E6C8554" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6E6C8554" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">- Extension procedure not to be used as a normal means of conducting MEL item rectification, but only </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>only</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> when events beyond the control of the operator have precluded rectification.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5443E372" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5443E372" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Check compliance of the operator’s procedure.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4B797709" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4B797709" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="0DD88052" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="0DD88052" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="45BF7A6B" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="45BF7A6B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5DC8304A" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5DC8304A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="63F1636B" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="63F1636B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3E7FE639" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3E7FE639" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4BAFF731" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4BAFF731" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="3A7E648F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="108CFE05" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="108CFE05" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.MLR.105(f)(4)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="0BF9C4E9" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="0BF9C4E9" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="0803CFE0" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="0803CFE0" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="154A84D1" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="154A84D1" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Description of specific duties and responsibilities for controlling extensions to be established by the operator, including:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="66D6017E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="66D6017E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Name and position of the nominated personnel responsible for the control of the operator’s RIE procedures;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3B042820" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3B042820" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Duties and responsibilities of this personnel</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="298415F0" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="298415F0" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Names and positions of personnel authorising the use of the RIE procedure; and</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4B4A6883" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4B4A6883" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Required competencies/training for authorising personnel.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="009838A5" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="009838A5" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6AC1B741" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6AC1B741" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Check compliance of the operator’s procedure.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="24A023FD" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="24A023FD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2E916B04" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2E916B04" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1BC34495" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1BC34495" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2D2AD096" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2D2AD096" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5E90D6C5" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5E90D6C5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="758C19F5" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="758C19F5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1ACCB668" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1ACCB668" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="5E6D1E2A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1DE4A54E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1DE4A54E" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.MLR.105(f)(5)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="67A675A1" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="67A675A1" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="77FB8896" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="77FB8896" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Competent authority to be notified of any extension of the applicable rectification interval.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="07B3E04D" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="07B3E04D" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1AB09C8D" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1AB09C8D" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Notification timescale to be defined by the operator (10 days).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="04729801" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="04729801" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3B3E1C7B" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3B3E1C7B" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Notification to include a description of the defect and the rationales for the use of the RIE procedure.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="58D76469" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="58D76469" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Check compliance of the operator’s procedure.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5A340628" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5A340628" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="18DD0998" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="18DD0998" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="72C5D69F" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="72C5D69F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2AC779C4" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2AC779C4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="41970C2D" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="41970C2D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5ABAE81F" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5ABAE81F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4F67DBEE" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4F67DBEE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="529B0D45" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1B2B0FE5" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1B2B0FE5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.MLR.105(f)(6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5E0D877A" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5E0D877A" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="48133181" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="48133181" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Plan to accomplish the rectification at the earliest opportunity to be established by the operator.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="235F0811" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="235F0811" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Check compliance of the operator’s procedure.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="0FC544BA" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="0FC544BA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1DEA512A" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1DEA512A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="41387793" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="41387793" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2E500889" w14:textId="77777777">
-[...13 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2E500889" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D555B0">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4F644A35" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4F644A35" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="557FB64F" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="557FB64F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1F81D37C" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1F81D37C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00ED572E" w14:paraId="6A7CC1AD" w14:textId="77777777">
+      <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00850816" w14:paraId="6A7CC1AD" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="16050" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2158E603" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2158E603" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Operation outside the constraints of the MEL but within the constraints of the MMEL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="50782258" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4F1EF9B7" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4F1EF9B7" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.MLR.105(j)(1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="725EC296" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="725EC296" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="385BDDEB" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="385BDDEB" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Concerned instruments, items of equipment or functions to be within the scope of the MMEL.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="375D49BA" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="375D49BA" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="10E237BE" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="10E237BE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Check compliance of the operator’s procedure.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="51813F53" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="51813F53" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6667420B" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6667420B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="225D999B" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="225D999B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="7BDAA194" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="7BDAA194" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="0D75958B" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="0D75958B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="72F6A2D3" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="72F6A2D3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="7AD174BB" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="7AD174BB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="35D328C6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2BCA5FEA" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2BCA5FEA" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.MLR.105(j)(2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="0DCE5499" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="0DCE5499" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3F903B16" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3F903B16" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Procedure not to be used as a normal means of conducting operations outside the constraints of the approved MEL, but only when events beyond the control of the operator have precluded the MEL compliance;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1B379C1A" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1B379C1A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Check compliance of the operator’s procedure.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3F6C5482" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3F6C5482" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="39F2C882" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="39F2C882" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3202EF6E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3202EF6E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="35A81E63" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="35A81E63" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="0DA28420" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="0DA28420" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2EB37008" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2EB37008" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="34DDA36C" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="34DDA36C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="12589923" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="00CFF2CC" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="00CFF2CC" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.MLR.105(j)(3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="44A23ECC" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="44A23ECC" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1F4FE4EA" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1F4FE4EA" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Description of specific duties and responsibilities for controlling the operation of the aircraft under such approval to be established by the operator, including:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="570DAAEA" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="570DAAEA" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Name and position of the nominated personnel responsible for the control of such operations;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4262BEE8" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4262BEE8" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Duties and responsibilities of this personnel</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="61429356" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="61429356" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Names and positions of personnel authorising such procedure; and</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="521B27E7" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="521B27E7" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Required competencies/training for authorising personnel.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="76D6A4B4" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="76D6A4B4" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="23797ACA" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="23797ACA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Check compliance of the operator’s procedure.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="0668525B" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="0668525B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6B2C1EA9" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6B2C1EA9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="16A11CAD" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="16A11CAD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3DD5E640" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3DD5E640" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="51EEF114" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="51EEF114" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="56A35F36" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="56A35F36" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="54887761" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="54887761" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00807563" w14:paraId="722FB887" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6BF77F78" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6BF77F78" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORO.MLR.105(j)(4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="10E221CC" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="10E221CC" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4E3744AF" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4E3744AF" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Plan to rectify the inoperative instruments, items of equipment or functions or to return operating the aircraft under the MEL constraints at the earliest opportunity to be established by the operator.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3952C28B" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3952C28B" w14:textId="77777777">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="36FE2796" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="36FE2796" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4F417E35" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4F417E35" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1E93937E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1E93937E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1E8E1341" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1E8E1341" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> C</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4B856D38" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4B856D38" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> NC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="58BBD78E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="58BBD78E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3949571A" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3949571A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> N/R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="4D9F453B" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="4D9F453B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00807563" w:rsidRDefault="00807563" w14:paraId="2BC719EA" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00807563" w:rsidRDefault="00807563" w14:paraId="1039FE0D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14737" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="6095"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00ED572E" w14:paraId="2F2850BB" w14:textId="77777777">
+      <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00850816" w14:paraId="2F2850BB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="513"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14737" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2FD8E725" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2FD8E725" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>MEL revision approval statement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00ED572E" w14:paraId="3021FCA3" w14:textId="77777777">
+      <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00850816" w14:paraId="3021FCA3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="513"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="38ADEB0E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="38ADEB0E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="031F38C1" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="031F38C1" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="5FD0EE39" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="5FD0EE39" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Involved in the MEL Approval process?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6D4FDDB1" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6D4FDDB1" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2BF8D01B" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2BF8D01B" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">By signing this document, I hereby confirm that all identified non-conformities have been addressed and that the MEL is in full compliance with all applicable requirements  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="03545894" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="03545894" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="55D6E527" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="55D6E527" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Note: Signature required only if involved in the approval process</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00ED572E" w14:paraId="2FF8C49E" w14:textId="77777777">
+      <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00850816" w14:paraId="2FF8C49E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="925"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="22E5C02D" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="22E5C02D" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>POI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="630A3259" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="630A3259" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="193A5C6C" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="193A5C6C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>YES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="6EF857C6" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="6EF857C6" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="484C3E24" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="484C3E24" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00ED572E" w14:paraId="1273ECAC" w14:textId="77777777">
+      <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00850816" w14:paraId="1273ECAC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="925"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="759BBD8F" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="759BBD8F" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>FOI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="72C400D2" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="72C400D2" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="64606B74" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="64606B74" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>YES / NO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="62072205" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="62072205" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="46B114B3" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="46B114B3" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00ED572E" w14:paraId="4BA8C525" w14:textId="77777777">
+      <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00850816" w14:paraId="4BA8C525" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="925"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="044B4D91" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="044B4D91" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AIW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="57EB674D" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="57EB674D" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="7CE6D494" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="7CE6D494" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>YES / NO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="3E762947" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="3E762947" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="561A57D7" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="561A57D7" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00ED572E" w14:paraId="18B8FDC5" w14:textId="77777777">
+      <w:tr w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidTr="00850816" w14:paraId="18B8FDC5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="925"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="24A007D1" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="24A007D1" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2A589B91" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2A589B91" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="2454DDD3" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="2454DDD3" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D555B0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>YES / NO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="66CE9A74" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="66CE9A74" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00ED572E" w:rsidRDefault="00807563" w14:paraId="1F0833D4" w14:textId="77777777">
+          <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00850816" w:rsidRDefault="00807563" w14:paraId="1F0833D4" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="00D555B0" w:rsidR="00807563" w:rsidP="00807563" w:rsidRDefault="00807563" w14:paraId="0BEC396C" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00807563" w:rsidP="008A2594" w:rsidRDefault="00807563" w14:paraId="20129FE8" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -13494,88 +14229,88 @@
     </w:p>
     <w:p w:rsidR="00DF0F09" w:rsidP="008A2594" w:rsidRDefault="00DF0F09" w14:paraId="129A84ED" w14:textId="4CEA3876">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF0F09" w:rsidR="00DF0F09" w:rsidP="008A2594" w:rsidRDefault="00DF0F09" w14:paraId="5084E1D4" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF0F09" w:rsidR="003B14B2" w:rsidP="008A2594" w:rsidRDefault="003B14B2" w14:paraId="5088EE84" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidRPr="00DF0F09" w:rsidR="003B14B2" w:rsidSect="007A5B70">
+    <w:sectPr w:rsidRPr="00DF0F09" w:rsidR="003B14B2" w:rsidSect="004C36A2">
       <w:headerReference w:type="even" r:id="rId13"/>
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="even" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:headerReference w:type="first" r:id="rId17"/>
       <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="16840" w:h="11907" w:orient="landscape" w:code="9"/>
-      <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="851" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="850" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0CB26ABA" w14:textId="77777777" w:rsidR="00A64EDE" w:rsidRDefault="00A64EDE">
+    <w:p w14:paraId="0CB26ABA" w14:textId="77777777" w:rsidR="00850816" w:rsidRDefault="00850816">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4306D547" w14:textId="77777777" w:rsidR="00A64EDE" w:rsidRDefault="00A64EDE">
+    <w:p w14:paraId="4306D547" w14:textId="77777777" w:rsidR="00850816" w:rsidRDefault="00850816">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -13595,859 +14330,754 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="RobustaTLPro-Regular">
-[...6 lines deleted...]
-    <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Vrinda">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00010003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="3B68037A" w14:textId="77777777" w:rsidR="0098578D" w:rsidRDefault="0098578D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="32BE5700" w14:textId="77777777" w:rsidR="00AF7111" w:rsidRDefault="00AF7111">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="4FF71086" w14:textId="30090111" w:rsidR="00A56D51" w:rsidRPr="0098578D" w:rsidRDefault="00F93494" w:rsidP="00A56D51">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="4FF71086" w14:textId="5B16938D" w:rsidR="00850816" w:rsidRPr="0098578D" w:rsidRDefault="00A57449" w:rsidP="00A56D51">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
       </w:tabs>
       <w:ind w:right="-597"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1302535054"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00A56D51" w:rsidRPr="0098578D">
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
           <w:t xml:space="preserve">       </w:t>
         </w:r>
-        <w:r w:rsidR="00A56D51" w:rsidRPr="0098578D">
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve">Rev: </w:t>
         </w:r>
-        <w:r w:rsidR="00F8226C" w:rsidRPr="0098578D">
+        <w:r>
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>TR</w:t>
+          <w:t>025</w:t>
         </w:r>
-        <w:r w:rsidR="00A56D51" w:rsidRPr="0098578D">
+        <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+        <w:bookmarkEnd w:id="1"/>
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
+          <w:rPr>
+            <w:b/>
+            <w:noProof/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve">                                                                                                                  </w:t>
+        </w:r>
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
+          <w:rPr>
+            <w:b/>
+            <w:noProof/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
+          <w:rPr>
+            <w:b/>
+            <w:noProof/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGE </w:instrText>
+        </w:r>
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
+          <w:rPr>
+            <w:b/>
+            <w:noProof/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00F4641B" w:rsidRPr="0098578D">
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r w:rsidR="00F8226C" w:rsidRPr="0098578D">
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>.1</w:t>
+          <w:t xml:space="preserve"> of </w:t>
         </w:r>
-        <w:r w:rsidR="00A56D51" w:rsidRPr="0098578D">
-[...8 lines deleted...]
-        <w:r w:rsidR="00A56D51" w:rsidRPr="0098578D">
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00A56D51" w:rsidRPr="0098578D">
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGE </w:instrText>
+          <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
         </w:r>
-        <w:r w:rsidR="00A56D51" w:rsidRPr="0098578D">
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0098578D">
+        <w:r>
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00A56D51" w:rsidRPr="0098578D">
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r w:rsidR="00A56D51" w:rsidRPr="0098578D">
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t xml:space="preserve"> of </w:t>
-[...80 lines deleted...]
-          <w:t>1</w:t>
+          <w:t xml:space="preserve">                                                                                                                APP 9.7.1</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
-  <w:p w14:paraId="5441BE85" w14:textId="77777777" w:rsidR="00A56D51" w:rsidRPr="0098578D" w:rsidRDefault="00A56D51" w:rsidP="00A56D51">
+  <w:p w14:paraId="5441BE85" w14:textId="77777777" w:rsidR="00850816" w:rsidRPr="0098578D" w:rsidRDefault="00850816" w:rsidP="00A56D51">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="1276"/>
         <w:tab w:val="left" w:pos="3041"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="6F2664DC" w14:textId="45111895" w:rsidR="000632BA" w:rsidRPr="0098578D" w:rsidRDefault="000632BA" w:rsidP="00CD6A35">
+  <w:p w14:paraId="6F2664DC" w14:textId="45111895" w:rsidR="00850816" w:rsidRPr="0098578D" w:rsidRDefault="00850816" w:rsidP="00CD6A35">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="1276"/>
         <w:tab w:val="left" w:pos="3041"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="59BAA3CC" w14:textId="5C4EF341" w:rsidR="00DE7BB2" w:rsidRPr="0098578D" w:rsidRDefault="00F93494">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="59BAA3CC" w14:textId="0DEA5A51" w:rsidR="00850816" w:rsidRPr="0098578D" w:rsidRDefault="00A57449">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="241697532"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00FA4DEE" w:rsidRPr="0098578D">
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
           <w:t xml:space="preserve">       </w:t>
         </w:r>
-        <w:r w:rsidR="00FA4DEE" w:rsidRPr="0098578D">
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve">Rev: </w:t>
         </w:r>
-        <w:r w:rsidR="00F8226C" w:rsidRPr="0098578D">
+        <w:r>
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>TR</w:t>
+          <w:t>025</w:t>
         </w:r>
-        <w:r w:rsidR="00FA4DEE" w:rsidRPr="0098578D">
-[...26 lines deleted...]
-        <w:r w:rsidR="00FA4DEE" w:rsidRPr="0098578D">
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve">                                                                                                             </w:t>
         </w:r>
-        <w:r w:rsidR="00FA4DEE" w:rsidRPr="0098578D">
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FA4DEE" w:rsidRPr="0098578D">
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
-        <w:r w:rsidR="00FA4DEE" w:rsidRPr="0098578D">
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0098578D">
+        <w:r>
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00FA4DEE" w:rsidRPr="0098578D">
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r w:rsidR="00FA4DEE" w:rsidRPr="0098578D">
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve"> of </w:t>
         </w:r>
-        <w:r w:rsidR="00FA4DEE" w:rsidRPr="0098578D">
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FA4DEE" w:rsidRPr="0098578D">
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
         </w:r>
-        <w:r w:rsidR="00FA4DEE" w:rsidRPr="0098578D">
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0098578D">
+        <w:r>
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00FA4DEE" w:rsidRPr="0098578D">
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r w:rsidR="00FA4DEE" w:rsidRPr="0098578D">
+        <w:r w:rsidR="00850816" w:rsidRPr="0098578D">
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t xml:space="preserve">                                                                                                                APP 9.7.</w:t>
-[...8 lines deleted...]
-          <w:t>1</w:t>
+          <w:t xml:space="preserve">                                                                                                                APP 9.7.1</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6179D8B5" w14:textId="77777777" w:rsidR="00A64EDE" w:rsidRDefault="00A64EDE">
+    <w:p w14:paraId="6179D8B5" w14:textId="77777777" w:rsidR="00850816" w:rsidRDefault="00850816">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0FCF82B8" w14:textId="77777777" w:rsidR="00A64EDE" w:rsidRDefault="00A64EDE">
+    <w:p w14:paraId="0FCF82B8" w14:textId="77777777" w:rsidR="00850816" w:rsidRDefault="00850816">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="0098578D" w:rsidRDefault="0098578D" w14:paraId="0D1E03A6" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00AF7111" w:rsidRDefault="00AF7111" w14:paraId="00CFA6F9" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00FF3347" w:rsidP="00FF3347" w:rsidRDefault="00FF3347" w14:paraId="38CF75AF" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00850816" w:rsidP="00FF3347" w:rsidRDefault="00850816" w14:paraId="38CF75AF" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidRPr="00FF3347" w:rsidR="000632BA" w:rsidP="00CD6A35" w:rsidRDefault="000632BA" w14:paraId="439AEAA2" w14:textId="77777777">
+  <w:p w:rsidRPr="00FF3347" w:rsidR="00850816" w:rsidP="00CD6A35" w:rsidRDefault="00850816" w14:paraId="439AEAA2" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidRPr="000C3BF8" w:rsidR="00F93494" w:rsidP="00F93494" w:rsidRDefault="00F93494" w14:paraId="734C16C0" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidRPr="0098578D" w:rsidR="00850816" w:rsidP="007A5B70" w:rsidRDefault="00850816" w14:paraId="61499993" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="ListParagraph"/>
       <w:spacing w:after="70"/>
       <w:ind w:left="360" w:right="-45"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:ascii="RobustaTLPro-Regular" w:hAnsi="RobustaTLPro-Regular" w:cs="RobustaTLPro-Regular"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
-    <w:bookmarkStart w:name="_Hlk147305408" w:id="1"/>
-    <w:r w:rsidRPr="000C3BF8">
+    <w:bookmarkStart w:name="_Hlk147305984" w:id="2"/>
+    <w:bookmarkStart w:name="_Hlk147307416" w:id="3"/>
+    <w:r w:rsidRPr="0098578D">
       <w:rPr>
-        <w:rFonts w:ascii="RobustaTLPro-Regular" w:hAnsi="RobustaTLPro-Regular" w:cs="RobustaTLPro-Regular"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>Valsts aģentūra “Civilās aviācijas aģentūra”</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00F93494" w:rsidP="00F93494" w:rsidRDefault="00F93494" w14:paraId="4911BEDB" w14:textId="77777777">
+  <w:p w:rsidRPr="0098578D" w:rsidR="00850816" w:rsidP="007A5B70" w:rsidRDefault="00850816" w14:paraId="5F957843" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="ListParagraph"/>
       <w:spacing w:after="70"/>
       <w:ind w:left="360" w:right="-45"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i/>
         <w:spacing w:val="-11"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00CE6DC9">
+    <w:r w:rsidRPr="0098578D">
       <w:rPr>
         <w:i/>
         <w:spacing w:val="-11"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">State Agency “Civil Aviation Agency” of the </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="00CE6DC9">
+    <w:r w:rsidRPr="0098578D">
       <w:rPr>
         <w:i/>
         <w:spacing w:val="-11"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Republic</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
-    <w:r w:rsidRPr="00CE6DC9">
+    <w:r w:rsidRPr="0098578D">
       <w:rPr>
         <w:i/>
         <w:spacing w:val="-11"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> of </w:t>
+      <w:t xml:space="preserve"> of Latvia</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="00CE6DC9">
+  </w:p>
+  <w:p w:rsidRPr="0098578D" w:rsidR="00850816" w:rsidP="007A5B70" w:rsidRDefault="00850816" w14:paraId="043396B5" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="ListParagraph"/>
+      <w:spacing w:after="70"/>
+      <w:ind w:left="360" w:right="-45"/>
+      <w:jc w:val="right"/>
       <w:rPr>
         <w:i/>
         <w:spacing w:val="-11"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Latvia</w:t>
-[...1 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
+    </w:pPr>
   </w:p>
-  <w:p w:rsidRPr="002C0363" w:rsidR="00F93494" w:rsidP="00F93494" w:rsidRDefault="00F93494" w14:paraId="48D3C22E" w14:textId="77777777">
+  <w:p w:rsidRPr="0098578D" w:rsidR="00850816" w:rsidP="007A5B70" w:rsidRDefault="00850816" w14:paraId="4A29549A" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="ListParagraph"/>
-      <w:spacing w:before="120"/>
-      <w:ind w:left="357"/>
+      <w:ind w:left="360"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="002C0363">
+    <w:r w:rsidRPr="0098578D">
       <w:rPr>
         <w:color w:val="231F20"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Biroju</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
-    <w:r w:rsidRPr="002C0363">
+    <w:r w:rsidRPr="0098578D">
       <w:rPr>
         <w:color w:val="231F20"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="002C0363">
+    <w:r w:rsidRPr="0098578D">
       <w:rPr>
         <w:color w:val="231F20"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>iela</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
-    <w:r w:rsidRPr="002C0363">
+    <w:r w:rsidRPr="0098578D">
       <w:rPr>
         <w:color w:val="231F20"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> 10, </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="002C0363">
+    <w:r w:rsidRPr="0098578D">
       <w:rPr>
         <w:color w:val="231F20"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Lidosta</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
-    <w:r w:rsidRPr="002C0363">
+    <w:r w:rsidRPr="0098578D">
       <w:rPr>
         <w:color w:val="231F20"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> “</w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="002C0363">
+    <w:r w:rsidRPr="0098578D">
       <w:rPr>
         <w:color w:val="231F20"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Rīga</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
-    <w:r w:rsidRPr="002C0363">
+    <w:r w:rsidRPr="0098578D">
       <w:rPr>
         <w:color w:val="231F20"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">”, </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="002C0363">
+    <w:r w:rsidRPr="0098578D">
       <w:rPr>
         <w:color w:val="231F20"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Mārupes</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
-    <w:r w:rsidRPr="002C0363">
+    <w:r w:rsidRPr="0098578D">
       <w:rPr>
         <w:color w:val="231F20"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="002C0363">
+    <w:r w:rsidRPr="0098578D">
       <w:rPr>
         <w:color w:val="231F20"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>novads</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
-    <w:r w:rsidRPr="002C0363">
+    <w:r w:rsidRPr="0098578D">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">, LV- 1053, </w:t>
+      <w:t>, LV- 1053, Latvia</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
   </w:p>
-  <w:p w:rsidRPr="00CE6DC9" w:rsidR="00F93494" w:rsidP="00F93494" w:rsidRDefault="00F93494" w14:paraId="7ECD4AC1" w14:textId="77777777">
+  <w:p w:rsidRPr="0098578D" w:rsidR="00850816" w:rsidP="007A5B70" w:rsidRDefault="00850816" w14:paraId="2E9F704A" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="ListParagraph"/>
       <w:ind w:left="360"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:proofErr w:type="gramStart"/>
-    <w:r w:rsidRPr="002C0363">
+    <w:r w:rsidRPr="0098578D">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>phone</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
-    <w:r w:rsidRPr="002C0363">
+    <w:r w:rsidRPr="0098578D">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> +371 67830936</w:t>
-[...6 lines deleted...]
-      <w:t>, fax +371 67830967</w:t>
+      <w:t xml:space="preserve"> +371 67830936, fax +371 67830967</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidRPr="00CE6DC9" w:rsidR="00F93494" w:rsidP="00F93494" w:rsidRDefault="00F93494" w14:paraId="24B9CB78" w14:textId="77777777">
+  <w:p w:rsidRPr="0098578D" w:rsidR="00850816" w:rsidP="007A5B70" w:rsidRDefault="00850816" w14:paraId="35A38047" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="ListParagraph"/>
       <w:ind w:left="360" w:right="-45"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00CE6DC9">
+    <w:r w:rsidRPr="0098578D">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> caa@caa.gov.lv, www.caa.gov.lv</w:t>
     </w:r>
+    <w:bookmarkEnd w:id="2"/>
   </w:p>
-  <w:p w:rsidR="007A5B70" w:rsidP="007A5B70" w:rsidRDefault="007A5B70" w14:paraId="5C7D02E0" w14:textId="77777777">
+  <w:bookmarkEnd w:id="3"/>
+  <w:p w:rsidR="00850816" w:rsidP="007A5B70" w:rsidRDefault="00850816" w14:paraId="5C7D02E0" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:bookmarkStart w:name="_GoBack" w:id="2"/>
-[...1 lines deleted...]
-    <w:bookmarkEnd w:id="2"/>
   </w:p>
-  <w:p w:rsidRPr="007A5B70" w:rsidR="00FF3347" w:rsidP="007A5B70" w:rsidRDefault="00FF3347" w14:paraId="776E8E64" w14:textId="77777777">
+  <w:p w:rsidRPr="007A5B70" w:rsidR="00850816" w:rsidP="007A5B70" w:rsidRDefault="00850816" w14:paraId="776E8E64" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AAC0EC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F522C9AC"/>
     <w:lvl w:ilvl="0" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -17318,110 +17948,111 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="11"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B7667B"/>
     <w:rsid w:val="00001C0E"/>
     <w:rsid w:val="00002E66"/>
     <w:rsid w:val="000050AC"/>
     <w:rsid w:val="00010B29"/>
     <w:rsid w:val="00016E8D"/>
     <w:rsid w:val="000174D6"/>
     <w:rsid w:val="00020738"/>
     <w:rsid w:val="00021CA1"/>
     <w:rsid w:val="00022256"/>
     <w:rsid w:val="00022B4A"/>
     <w:rsid w:val="000247EC"/>
     <w:rsid w:val="000326D6"/>
     <w:rsid w:val="0003434D"/>
     <w:rsid w:val="0004360D"/>
     <w:rsid w:val="00047108"/>
     <w:rsid w:val="000503BD"/>
     <w:rsid w:val="00055386"/>
     <w:rsid w:val="0005694F"/>
     <w:rsid w:val="00057D4A"/>
     <w:rsid w:val="000608D0"/>
+    <w:rsid w:val="00060E1D"/>
     <w:rsid w:val="00063282"/>
     <w:rsid w:val="000632BA"/>
     <w:rsid w:val="00063F49"/>
     <w:rsid w:val="00067160"/>
     <w:rsid w:val="00071F99"/>
+    <w:rsid w:val="00072DF5"/>
     <w:rsid w:val="000778FB"/>
     <w:rsid w:val="00080F99"/>
     <w:rsid w:val="00081842"/>
     <w:rsid w:val="00082D63"/>
     <w:rsid w:val="00083EF4"/>
     <w:rsid w:val="000850D7"/>
     <w:rsid w:val="000906D2"/>
     <w:rsid w:val="00092A15"/>
     <w:rsid w:val="000969CF"/>
     <w:rsid w:val="00097F31"/>
     <w:rsid w:val="000A07CC"/>
     <w:rsid w:val="000A53A7"/>
     <w:rsid w:val="000A5818"/>
     <w:rsid w:val="000A614C"/>
     <w:rsid w:val="000B1830"/>
     <w:rsid w:val="000B4401"/>
     <w:rsid w:val="000B67A5"/>
     <w:rsid w:val="000B740B"/>
     <w:rsid w:val="000C2F3F"/>
     <w:rsid w:val="000C55F1"/>
     <w:rsid w:val="000D4EB1"/>
     <w:rsid w:val="000D576A"/>
     <w:rsid w:val="000E2D16"/>
     <w:rsid w:val="000E48D4"/>
     <w:rsid w:val="000E6F45"/>
@@ -17465,93 +18096,96 @@
     <w:rsid w:val="001C5571"/>
     <w:rsid w:val="001C5DED"/>
     <w:rsid w:val="001D0E41"/>
     <w:rsid w:val="001D636F"/>
     <w:rsid w:val="001D6C3C"/>
     <w:rsid w:val="001E314A"/>
     <w:rsid w:val="001E63FD"/>
     <w:rsid w:val="001E72CB"/>
     <w:rsid w:val="001F03BD"/>
     <w:rsid w:val="001F2CC5"/>
     <w:rsid w:val="001F357A"/>
     <w:rsid w:val="001F5267"/>
     <w:rsid w:val="001F5C42"/>
     <w:rsid w:val="001F5CDB"/>
     <w:rsid w:val="001F75BD"/>
     <w:rsid w:val="00201588"/>
     <w:rsid w:val="002036BE"/>
     <w:rsid w:val="00204DBA"/>
     <w:rsid w:val="002050C7"/>
     <w:rsid w:val="00210ABF"/>
     <w:rsid w:val="00210CC5"/>
     <w:rsid w:val="00210FB9"/>
     <w:rsid w:val="00212BBC"/>
     <w:rsid w:val="00213646"/>
     <w:rsid w:val="00213EC3"/>
+    <w:rsid w:val="002200EF"/>
     <w:rsid w:val="00220E99"/>
     <w:rsid w:val="00222E8B"/>
     <w:rsid w:val="00223300"/>
     <w:rsid w:val="00226B18"/>
     <w:rsid w:val="002313D6"/>
     <w:rsid w:val="00243034"/>
     <w:rsid w:val="00243605"/>
     <w:rsid w:val="0024554B"/>
     <w:rsid w:val="00246DCF"/>
     <w:rsid w:val="002565FA"/>
     <w:rsid w:val="00260399"/>
     <w:rsid w:val="0026287D"/>
     <w:rsid w:val="00262D21"/>
     <w:rsid w:val="00273C78"/>
     <w:rsid w:val="00275C3D"/>
     <w:rsid w:val="00277393"/>
     <w:rsid w:val="002816FC"/>
     <w:rsid w:val="002831B6"/>
     <w:rsid w:val="00290C15"/>
     <w:rsid w:val="00294981"/>
     <w:rsid w:val="00297BD0"/>
     <w:rsid w:val="002A07E4"/>
     <w:rsid w:val="002A2D9F"/>
     <w:rsid w:val="002A36F8"/>
     <w:rsid w:val="002A4925"/>
     <w:rsid w:val="002A5060"/>
     <w:rsid w:val="002A779E"/>
     <w:rsid w:val="002B4566"/>
     <w:rsid w:val="002B63EC"/>
     <w:rsid w:val="002B65D4"/>
     <w:rsid w:val="002C0AC6"/>
     <w:rsid w:val="002C0B6C"/>
     <w:rsid w:val="002C21C1"/>
     <w:rsid w:val="002C2F8B"/>
     <w:rsid w:val="002C3A3A"/>
     <w:rsid w:val="002C46A6"/>
     <w:rsid w:val="002C7A1D"/>
     <w:rsid w:val="002D10EF"/>
     <w:rsid w:val="002D7402"/>
     <w:rsid w:val="002D7458"/>
     <w:rsid w:val="002F1F0A"/>
     <w:rsid w:val="003017BF"/>
     <w:rsid w:val="00301C9D"/>
+    <w:rsid w:val="00310068"/>
+    <w:rsid w:val="0031055B"/>
     <w:rsid w:val="00313920"/>
     <w:rsid w:val="00313CBE"/>
     <w:rsid w:val="003178A4"/>
     <w:rsid w:val="003218AA"/>
     <w:rsid w:val="003231D6"/>
     <w:rsid w:val="00323B84"/>
     <w:rsid w:val="00325BC8"/>
     <w:rsid w:val="0032722F"/>
     <w:rsid w:val="00327E5E"/>
     <w:rsid w:val="00330DE0"/>
     <w:rsid w:val="0033221D"/>
     <w:rsid w:val="00333056"/>
     <w:rsid w:val="003333DB"/>
     <w:rsid w:val="003357F9"/>
     <w:rsid w:val="0034049D"/>
     <w:rsid w:val="00340643"/>
     <w:rsid w:val="00341C29"/>
     <w:rsid w:val="00342180"/>
     <w:rsid w:val="0034283E"/>
     <w:rsid w:val="00343AFC"/>
     <w:rsid w:val="00345289"/>
     <w:rsid w:val="00350F84"/>
     <w:rsid w:val="00351EA6"/>
     <w:rsid w:val="0035571A"/>
     <w:rsid w:val="0035602F"/>
@@ -17576,115 +18210,122 @@
     <w:rsid w:val="003B14B2"/>
     <w:rsid w:val="003B2177"/>
     <w:rsid w:val="003B6CAC"/>
     <w:rsid w:val="003B7272"/>
     <w:rsid w:val="003C15B1"/>
     <w:rsid w:val="003C1DC8"/>
     <w:rsid w:val="003C2406"/>
     <w:rsid w:val="003C320A"/>
     <w:rsid w:val="003C3991"/>
     <w:rsid w:val="003D1846"/>
     <w:rsid w:val="003D2196"/>
     <w:rsid w:val="003D3EC5"/>
     <w:rsid w:val="003D6E6D"/>
     <w:rsid w:val="003D7789"/>
     <w:rsid w:val="003E4B65"/>
     <w:rsid w:val="003E5CCA"/>
     <w:rsid w:val="003F2638"/>
     <w:rsid w:val="003F3D9D"/>
     <w:rsid w:val="003F3E67"/>
     <w:rsid w:val="004002E5"/>
     <w:rsid w:val="0040091A"/>
     <w:rsid w:val="00400DCE"/>
     <w:rsid w:val="00401E46"/>
     <w:rsid w:val="00405BA4"/>
     <w:rsid w:val="004118B6"/>
+    <w:rsid w:val="0041486F"/>
     <w:rsid w:val="00414EEE"/>
     <w:rsid w:val="00423919"/>
     <w:rsid w:val="004258D4"/>
     <w:rsid w:val="00431A32"/>
     <w:rsid w:val="004336B5"/>
     <w:rsid w:val="004358EC"/>
     <w:rsid w:val="00443868"/>
     <w:rsid w:val="00444327"/>
     <w:rsid w:val="00445D0F"/>
+    <w:rsid w:val="00445E63"/>
     <w:rsid w:val="0045238C"/>
     <w:rsid w:val="0045515D"/>
     <w:rsid w:val="00456637"/>
     <w:rsid w:val="00456A3B"/>
     <w:rsid w:val="0046027E"/>
     <w:rsid w:val="00462989"/>
     <w:rsid w:val="00464026"/>
     <w:rsid w:val="00470CC6"/>
     <w:rsid w:val="0047212E"/>
     <w:rsid w:val="0047678B"/>
     <w:rsid w:val="00495AD6"/>
     <w:rsid w:val="004960A8"/>
     <w:rsid w:val="0049614C"/>
+    <w:rsid w:val="004A0A7B"/>
     <w:rsid w:val="004A2CD3"/>
     <w:rsid w:val="004A4C4B"/>
     <w:rsid w:val="004A5017"/>
     <w:rsid w:val="004A658B"/>
     <w:rsid w:val="004B0E7E"/>
     <w:rsid w:val="004B17FC"/>
     <w:rsid w:val="004B5512"/>
     <w:rsid w:val="004B6556"/>
     <w:rsid w:val="004B77E1"/>
     <w:rsid w:val="004C0EC4"/>
+    <w:rsid w:val="004C25E4"/>
+    <w:rsid w:val="004C36A2"/>
     <w:rsid w:val="004C7540"/>
     <w:rsid w:val="004D1CAA"/>
     <w:rsid w:val="004D68C5"/>
     <w:rsid w:val="004D7835"/>
     <w:rsid w:val="004E7DAC"/>
     <w:rsid w:val="004F0662"/>
     <w:rsid w:val="004F7B47"/>
     <w:rsid w:val="00500B2B"/>
     <w:rsid w:val="005055FF"/>
     <w:rsid w:val="00505971"/>
     <w:rsid w:val="00507AF0"/>
     <w:rsid w:val="00510764"/>
     <w:rsid w:val="00513EB8"/>
     <w:rsid w:val="005148C3"/>
     <w:rsid w:val="00515621"/>
+    <w:rsid w:val="00521608"/>
     <w:rsid w:val="00527B69"/>
     <w:rsid w:val="00531EEA"/>
     <w:rsid w:val="0053537E"/>
     <w:rsid w:val="005422C7"/>
     <w:rsid w:val="00542D3C"/>
     <w:rsid w:val="0054509C"/>
     <w:rsid w:val="00550984"/>
     <w:rsid w:val="00550B2E"/>
     <w:rsid w:val="00553510"/>
     <w:rsid w:val="00554F1D"/>
     <w:rsid w:val="00555A32"/>
     <w:rsid w:val="00555FEC"/>
     <w:rsid w:val="005607D6"/>
     <w:rsid w:val="005653D9"/>
     <w:rsid w:val="00580507"/>
     <w:rsid w:val="00582AFD"/>
     <w:rsid w:val="0058599B"/>
     <w:rsid w:val="00595A38"/>
+    <w:rsid w:val="005971DB"/>
     <w:rsid w:val="005A2158"/>
     <w:rsid w:val="005A2345"/>
     <w:rsid w:val="005A2DEF"/>
     <w:rsid w:val="005A7010"/>
     <w:rsid w:val="005B1BB9"/>
     <w:rsid w:val="005B3B7F"/>
     <w:rsid w:val="005B4D69"/>
     <w:rsid w:val="005B65CA"/>
     <w:rsid w:val="005C2F39"/>
     <w:rsid w:val="005D482F"/>
     <w:rsid w:val="005E206F"/>
     <w:rsid w:val="005E3B3C"/>
     <w:rsid w:val="005E707F"/>
     <w:rsid w:val="005E75E3"/>
     <w:rsid w:val="005F25D6"/>
     <w:rsid w:val="005F6C66"/>
     <w:rsid w:val="005F777A"/>
     <w:rsid w:val="005F7799"/>
     <w:rsid w:val="00600463"/>
     <w:rsid w:val="00601911"/>
     <w:rsid w:val="00602C80"/>
     <w:rsid w:val="00602E94"/>
     <w:rsid w:val="006129D5"/>
     <w:rsid w:val="00612C31"/>
     <w:rsid w:val="00614161"/>
@@ -17694,56 +18335,58 @@
     <w:rsid w:val="00630E92"/>
     <w:rsid w:val="00633B25"/>
     <w:rsid w:val="0063401E"/>
     <w:rsid w:val="006466FE"/>
     <w:rsid w:val="00651E50"/>
     <w:rsid w:val="00661BDA"/>
     <w:rsid w:val="00661C9F"/>
     <w:rsid w:val="00662EF0"/>
     <w:rsid w:val="0066443A"/>
     <w:rsid w:val="00664ACA"/>
     <w:rsid w:val="006762EA"/>
     <w:rsid w:val="0067685B"/>
     <w:rsid w:val="00677EBA"/>
     <w:rsid w:val="006805FF"/>
     <w:rsid w:val="00682407"/>
     <w:rsid w:val="006825AC"/>
     <w:rsid w:val="00682F31"/>
     <w:rsid w:val="0069028F"/>
     <w:rsid w:val="0069060C"/>
     <w:rsid w:val="00693D13"/>
     <w:rsid w:val="00693E9A"/>
     <w:rsid w:val="006A146E"/>
     <w:rsid w:val="006A5C94"/>
     <w:rsid w:val="006A6A6C"/>
     <w:rsid w:val="006B2C52"/>
+    <w:rsid w:val="006B43CB"/>
     <w:rsid w:val="006B45F3"/>
     <w:rsid w:val="006B6D79"/>
     <w:rsid w:val="006B7616"/>
     <w:rsid w:val="006C0711"/>
     <w:rsid w:val="006C41F4"/>
     <w:rsid w:val="006C45DF"/>
+    <w:rsid w:val="006C7913"/>
     <w:rsid w:val="006D01E1"/>
     <w:rsid w:val="006D1899"/>
     <w:rsid w:val="006D2267"/>
     <w:rsid w:val="006E12D6"/>
     <w:rsid w:val="006E7C83"/>
     <w:rsid w:val="006E7F31"/>
     <w:rsid w:val="006F20F4"/>
     <w:rsid w:val="006F6BA6"/>
     <w:rsid w:val="006F79B1"/>
     <w:rsid w:val="006F7D29"/>
     <w:rsid w:val="007016AD"/>
     <w:rsid w:val="00701ACD"/>
     <w:rsid w:val="00702FF2"/>
     <w:rsid w:val="007041E3"/>
     <w:rsid w:val="0070463C"/>
     <w:rsid w:val="00705458"/>
     <w:rsid w:val="00705C7B"/>
     <w:rsid w:val="00705E0D"/>
     <w:rsid w:val="00706734"/>
     <w:rsid w:val="0071056A"/>
     <w:rsid w:val="00711B59"/>
     <w:rsid w:val="0071554A"/>
     <w:rsid w:val="00720682"/>
     <w:rsid w:val="00721DCA"/>
     <w:rsid w:val="00723656"/>
@@ -17783,182 +18426,187 @@
     <w:rsid w:val="007D1BAE"/>
     <w:rsid w:val="007D2073"/>
     <w:rsid w:val="007D2103"/>
     <w:rsid w:val="007D2911"/>
     <w:rsid w:val="007D2F17"/>
     <w:rsid w:val="007D5FB1"/>
     <w:rsid w:val="007F1B2A"/>
     <w:rsid w:val="007F6427"/>
     <w:rsid w:val="00801721"/>
     <w:rsid w:val="00804AE6"/>
     <w:rsid w:val="00807563"/>
     <w:rsid w:val="00811D30"/>
     <w:rsid w:val="00811E8A"/>
     <w:rsid w:val="0081604C"/>
     <w:rsid w:val="00817F01"/>
     <w:rsid w:val="00822942"/>
     <w:rsid w:val="00823743"/>
     <w:rsid w:val="008240F2"/>
     <w:rsid w:val="00833406"/>
     <w:rsid w:val="008338E9"/>
     <w:rsid w:val="00834711"/>
     <w:rsid w:val="00837555"/>
     <w:rsid w:val="0084202F"/>
     <w:rsid w:val="0084493D"/>
     <w:rsid w:val="00845B38"/>
+    <w:rsid w:val="00850816"/>
     <w:rsid w:val="008541E7"/>
     <w:rsid w:val="008557C5"/>
     <w:rsid w:val="0085707B"/>
     <w:rsid w:val="00860676"/>
     <w:rsid w:val="008639A1"/>
     <w:rsid w:val="00864991"/>
     <w:rsid w:val="00867AFD"/>
     <w:rsid w:val="0087008B"/>
     <w:rsid w:val="008713B0"/>
     <w:rsid w:val="00872CAC"/>
     <w:rsid w:val="00874363"/>
     <w:rsid w:val="00881811"/>
     <w:rsid w:val="00883912"/>
     <w:rsid w:val="00885000"/>
     <w:rsid w:val="008A2594"/>
     <w:rsid w:val="008A2B29"/>
     <w:rsid w:val="008A562E"/>
     <w:rsid w:val="008A568B"/>
     <w:rsid w:val="008A67B2"/>
     <w:rsid w:val="008B0B07"/>
     <w:rsid w:val="008B18DE"/>
     <w:rsid w:val="008B285F"/>
     <w:rsid w:val="008B6E87"/>
     <w:rsid w:val="008C2E4F"/>
     <w:rsid w:val="008C34A4"/>
     <w:rsid w:val="008C67BD"/>
     <w:rsid w:val="008D076F"/>
     <w:rsid w:val="008E02A6"/>
     <w:rsid w:val="008E7421"/>
     <w:rsid w:val="008F7E17"/>
     <w:rsid w:val="00903177"/>
     <w:rsid w:val="00904C01"/>
     <w:rsid w:val="00916FB2"/>
     <w:rsid w:val="009203F2"/>
     <w:rsid w:val="00921CB0"/>
     <w:rsid w:val="00924C7E"/>
     <w:rsid w:val="00931FC8"/>
     <w:rsid w:val="00937A99"/>
     <w:rsid w:val="0094215D"/>
     <w:rsid w:val="009421DF"/>
     <w:rsid w:val="009425A8"/>
+    <w:rsid w:val="0094312E"/>
     <w:rsid w:val="0095291F"/>
     <w:rsid w:val="0097084C"/>
     <w:rsid w:val="00971EB3"/>
     <w:rsid w:val="00974D2D"/>
     <w:rsid w:val="00974F58"/>
     <w:rsid w:val="00974FF9"/>
     <w:rsid w:val="009752B3"/>
     <w:rsid w:val="009759DF"/>
     <w:rsid w:val="00975F0F"/>
     <w:rsid w:val="00976D17"/>
     <w:rsid w:val="0097791B"/>
     <w:rsid w:val="00980488"/>
     <w:rsid w:val="00984BB0"/>
     <w:rsid w:val="00985610"/>
     <w:rsid w:val="0098578D"/>
     <w:rsid w:val="00990512"/>
     <w:rsid w:val="009909C1"/>
     <w:rsid w:val="00992003"/>
+    <w:rsid w:val="009937BA"/>
     <w:rsid w:val="0099455B"/>
     <w:rsid w:val="009A20B5"/>
     <w:rsid w:val="009A517A"/>
     <w:rsid w:val="009A5B05"/>
     <w:rsid w:val="009B0FB8"/>
     <w:rsid w:val="009B0FBD"/>
     <w:rsid w:val="009B1D8B"/>
     <w:rsid w:val="009B4399"/>
     <w:rsid w:val="009C4594"/>
     <w:rsid w:val="009C7DF2"/>
     <w:rsid w:val="009D2C7D"/>
     <w:rsid w:val="009D3845"/>
     <w:rsid w:val="009D50BC"/>
     <w:rsid w:val="009D6071"/>
     <w:rsid w:val="009E1C4F"/>
     <w:rsid w:val="009E2D1E"/>
     <w:rsid w:val="009E62C6"/>
     <w:rsid w:val="009E6392"/>
     <w:rsid w:val="009F2DCB"/>
     <w:rsid w:val="009F2F44"/>
     <w:rsid w:val="00A0190E"/>
     <w:rsid w:val="00A01DA0"/>
     <w:rsid w:val="00A021C8"/>
     <w:rsid w:val="00A0237B"/>
     <w:rsid w:val="00A11CE7"/>
     <w:rsid w:val="00A152D3"/>
     <w:rsid w:val="00A220FF"/>
     <w:rsid w:val="00A2211F"/>
     <w:rsid w:val="00A23416"/>
     <w:rsid w:val="00A237E6"/>
     <w:rsid w:val="00A27259"/>
     <w:rsid w:val="00A31A08"/>
     <w:rsid w:val="00A34576"/>
     <w:rsid w:val="00A3597A"/>
     <w:rsid w:val="00A366CF"/>
     <w:rsid w:val="00A371F3"/>
     <w:rsid w:val="00A407DD"/>
     <w:rsid w:val="00A56D51"/>
+    <w:rsid w:val="00A57449"/>
     <w:rsid w:val="00A57804"/>
     <w:rsid w:val="00A57D33"/>
     <w:rsid w:val="00A60945"/>
     <w:rsid w:val="00A623C3"/>
     <w:rsid w:val="00A62941"/>
     <w:rsid w:val="00A64EDE"/>
     <w:rsid w:val="00A65F91"/>
     <w:rsid w:val="00A67036"/>
     <w:rsid w:val="00A72CB4"/>
     <w:rsid w:val="00A72E03"/>
     <w:rsid w:val="00A743D6"/>
     <w:rsid w:val="00A75BC6"/>
     <w:rsid w:val="00A7706F"/>
     <w:rsid w:val="00A81163"/>
     <w:rsid w:val="00A81275"/>
     <w:rsid w:val="00A8225A"/>
     <w:rsid w:val="00A824F2"/>
     <w:rsid w:val="00A84BF9"/>
     <w:rsid w:val="00A90B81"/>
     <w:rsid w:val="00A90FBF"/>
     <w:rsid w:val="00A91D4E"/>
     <w:rsid w:val="00A93FE3"/>
     <w:rsid w:val="00A9770A"/>
     <w:rsid w:val="00A97F45"/>
     <w:rsid w:val="00AA7AFD"/>
     <w:rsid w:val="00AB06D1"/>
     <w:rsid w:val="00AB3188"/>
     <w:rsid w:val="00AB6BD4"/>
     <w:rsid w:val="00AC1EA7"/>
     <w:rsid w:val="00AC1EB1"/>
     <w:rsid w:val="00AC2C0D"/>
     <w:rsid w:val="00AC37F5"/>
     <w:rsid w:val="00AC767D"/>
     <w:rsid w:val="00AD7699"/>
     <w:rsid w:val="00AE7D9B"/>
+    <w:rsid w:val="00AF7111"/>
     <w:rsid w:val="00B01387"/>
     <w:rsid w:val="00B04B96"/>
     <w:rsid w:val="00B06A68"/>
     <w:rsid w:val="00B12438"/>
     <w:rsid w:val="00B12DC0"/>
     <w:rsid w:val="00B13B1D"/>
     <w:rsid w:val="00B13E10"/>
     <w:rsid w:val="00B202D2"/>
     <w:rsid w:val="00B22BDD"/>
     <w:rsid w:val="00B24CCC"/>
     <w:rsid w:val="00B26048"/>
     <w:rsid w:val="00B3024F"/>
     <w:rsid w:val="00B37721"/>
     <w:rsid w:val="00B4146A"/>
     <w:rsid w:val="00B44A0B"/>
     <w:rsid w:val="00B47BEA"/>
     <w:rsid w:val="00B53B32"/>
     <w:rsid w:val="00B56C4C"/>
     <w:rsid w:val="00B57954"/>
     <w:rsid w:val="00B579CC"/>
     <w:rsid w:val="00B60FE5"/>
     <w:rsid w:val="00B64B1A"/>
     <w:rsid w:val="00B722FF"/>
     <w:rsid w:val="00B73A1C"/>
     <w:rsid w:val="00B7667B"/>
@@ -17968,98 +18616,103 @@
     <w:rsid w:val="00B86F3A"/>
     <w:rsid w:val="00B86F98"/>
     <w:rsid w:val="00B87A2A"/>
     <w:rsid w:val="00B9020E"/>
     <w:rsid w:val="00B91525"/>
     <w:rsid w:val="00B92275"/>
     <w:rsid w:val="00B92966"/>
     <w:rsid w:val="00B93FA7"/>
     <w:rsid w:val="00B9420E"/>
     <w:rsid w:val="00B952FC"/>
     <w:rsid w:val="00BA2354"/>
     <w:rsid w:val="00BA3B2E"/>
     <w:rsid w:val="00BA66A3"/>
     <w:rsid w:val="00BB1E5D"/>
     <w:rsid w:val="00BB48D6"/>
     <w:rsid w:val="00BC60F8"/>
     <w:rsid w:val="00BC7BA3"/>
     <w:rsid w:val="00BD6178"/>
     <w:rsid w:val="00BE172E"/>
     <w:rsid w:val="00BE3806"/>
     <w:rsid w:val="00BE4B0A"/>
     <w:rsid w:val="00BF09C1"/>
     <w:rsid w:val="00BF0BE6"/>
     <w:rsid w:val="00BF1BE1"/>
     <w:rsid w:val="00BF2E33"/>
+    <w:rsid w:val="00BF398B"/>
     <w:rsid w:val="00BF5315"/>
     <w:rsid w:val="00BF69D3"/>
     <w:rsid w:val="00BF7CC3"/>
     <w:rsid w:val="00C000B3"/>
     <w:rsid w:val="00C053A1"/>
     <w:rsid w:val="00C10E4A"/>
     <w:rsid w:val="00C17343"/>
     <w:rsid w:val="00C2046F"/>
     <w:rsid w:val="00C23703"/>
     <w:rsid w:val="00C24967"/>
     <w:rsid w:val="00C3076B"/>
     <w:rsid w:val="00C31095"/>
     <w:rsid w:val="00C344FF"/>
     <w:rsid w:val="00C37496"/>
+    <w:rsid w:val="00C37DD3"/>
     <w:rsid w:val="00C47F7C"/>
     <w:rsid w:val="00C47F96"/>
     <w:rsid w:val="00C531F3"/>
     <w:rsid w:val="00C608D4"/>
     <w:rsid w:val="00C63395"/>
     <w:rsid w:val="00C64275"/>
     <w:rsid w:val="00C64703"/>
     <w:rsid w:val="00C674E2"/>
     <w:rsid w:val="00C67F06"/>
     <w:rsid w:val="00C714CD"/>
     <w:rsid w:val="00C72170"/>
     <w:rsid w:val="00C72FAF"/>
     <w:rsid w:val="00C77B74"/>
     <w:rsid w:val="00C80A7F"/>
     <w:rsid w:val="00C9278F"/>
+    <w:rsid w:val="00C940AF"/>
+    <w:rsid w:val="00CA21A6"/>
     <w:rsid w:val="00CA24FF"/>
     <w:rsid w:val="00CA250D"/>
     <w:rsid w:val="00CA4682"/>
     <w:rsid w:val="00CA4ED3"/>
     <w:rsid w:val="00CA60D4"/>
     <w:rsid w:val="00CB08FB"/>
     <w:rsid w:val="00CB7C57"/>
     <w:rsid w:val="00CC272E"/>
     <w:rsid w:val="00CC3692"/>
     <w:rsid w:val="00CC3DB5"/>
     <w:rsid w:val="00CD293C"/>
     <w:rsid w:val="00CD2E01"/>
     <w:rsid w:val="00CD6A35"/>
     <w:rsid w:val="00CD7D9C"/>
     <w:rsid w:val="00CE0648"/>
     <w:rsid w:val="00CE163C"/>
     <w:rsid w:val="00CE3CDF"/>
     <w:rsid w:val="00CE3F4B"/>
     <w:rsid w:val="00CE61AE"/>
+    <w:rsid w:val="00CF0C4F"/>
     <w:rsid w:val="00D04BC2"/>
     <w:rsid w:val="00D14029"/>
     <w:rsid w:val="00D144BB"/>
     <w:rsid w:val="00D2094C"/>
     <w:rsid w:val="00D2104B"/>
     <w:rsid w:val="00D21EBC"/>
     <w:rsid w:val="00D2383E"/>
     <w:rsid w:val="00D24717"/>
     <w:rsid w:val="00D252EB"/>
     <w:rsid w:val="00D261CF"/>
     <w:rsid w:val="00D27D2D"/>
     <w:rsid w:val="00D31007"/>
     <w:rsid w:val="00D3170E"/>
     <w:rsid w:val="00D321C4"/>
     <w:rsid w:val="00D32592"/>
     <w:rsid w:val="00D34D5E"/>
     <w:rsid w:val="00D409FD"/>
     <w:rsid w:val="00D4401C"/>
     <w:rsid w:val="00D452CE"/>
     <w:rsid w:val="00D50C6B"/>
     <w:rsid w:val="00D53F86"/>
     <w:rsid w:val="00D55B7B"/>
     <w:rsid w:val="00D638D2"/>
     <w:rsid w:val="00D67BA4"/>
     <w:rsid w:val="00D67F0F"/>
@@ -18154,183 +18807,188 @@
     <w:rsid w:val="00F139AC"/>
     <w:rsid w:val="00F21D12"/>
     <w:rsid w:val="00F24DB3"/>
     <w:rsid w:val="00F25B3D"/>
     <w:rsid w:val="00F302C8"/>
     <w:rsid w:val="00F303CA"/>
     <w:rsid w:val="00F3226F"/>
     <w:rsid w:val="00F4005C"/>
     <w:rsid w:val="00F4641B"/>
     <w:rsid w:val="00F571CE"/>
     <w:rsid w:val="00F60038"/>
     <w:rsid w:val="00F61DD6"/>
     <w:rsid w:val="00F62408"/>
     <w:rsid w:val="00F62D05"/>
     <w:rsid w:val="00F63B3F"/>
     <w:rsid w:val="00F65760"/>
     <w:rsid w:val="00F65BC8"/>
     <w:rsid w:val="00F70B8C"/>
     <w:rsid w:val="00F73EA0"/>
     <w:rsid w:val="00F74B12"/>
     <w:rsid w:val="00F80DD6"/>
     <w:rsid w:val="00F8226C"/>
     <w:rsid w:val="00F82482"/>
     <w:rsid w:val="00F83E40"/>
     <w:rsid w:val="00F854E6"/>
-    <w:rsid w:val="00F93494"/>
+    <w:rsid w:val="00F875AA"/>
     <w:rsid w:val="00F94E9F"/>
     <w:rsid w:val="00F9656A"/>
     <w:rsid w:val="00FA1214"/>
     <w:rsid w:val="00FA47D7"/>
     <w:rsid w:val="00FA4DEE"/>
     <w:rsid w:val="00FB082F"/>
+    <w:rsid w:val="00FB17F9"/>
+    <w:rsid w:val="00FB20E2"/>
     <w:rsid w:val="00FB2EC7"/>
     <w:rsid w:val="00FB4EDB"/>
     <w:rsid w:val="00FB5532"/>
     <w:rsid w:val="00FB5C37"/>
     <w:rsid w:val="00FB6E9D"/>
     <w:rsid w:val="00FC72AE"/>
     <w:rsid w:val="00FD0BAB"/>
     <w:rsid w:val="00FD45ED"/>
     <w:rsid w:val="00FD4828"/>
     <w:rsid w:val="00FD49BD"/>
     <w:rsid w:val="00FD55D4"/>
     <w:rsid w:val="00FD7E18"/>
     <w:rsid w:val="00FE4791"/>
     <w:rsid w:val="00FE6FCE"/>
     <w:rsid w:val="00FF0D71"/>
     <w:rsid w:val="00FF1B68"/>
     <w:rsid w:val="00FF3325"/>
     <w:rsid w:val="00FF3347"/>
     <w:rsid w:val="00FF3BE4"/>
     <w:rsid w:val="00FF6970"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="bn-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="12CC6B70"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5150A2F4-5EA0-4D63-924E-BEC43D342773}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
@@ -18504,59 +19162,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001F2CC5"/>
+    <w:rsid w:val="00BF398B"/>
     <w:rPr>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
@@ -18893,51 +19547,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="00010B29"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A56D51"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="27032750">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="349376714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -19558,50 +20212,55 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="8358dc2d-5dac-4cc2-8ed1-5c2041965753" ContentTypeId="0x010100A14FE9BE6CE84F1BB23C774EC08C4AEA2D01" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <IMF_C0_PublicationStatus xmlns="391a2f22-9f1b-4edd-a10b-257ace2d067d">EASA internal</IMF_C0_PublicationStatus>
     <IMF_C0_Language xmlns="391a2f22-9f1b-4edd-a10b-257ace2d067d" xsi:nil="true"/>
     <IMSArisId xmlns="13a41462-d3c5-4676-81cf-1cb4ae80045f">0f774ba1-b15e-11ea-5ac7-005056aa0538</IMSArisId>
     <IMSSensitivityMarking xmlns="13a41462-d3c5-4676-81cf-1cb4ae80045f">Non applicable</IMSSensitivityMarking>
     <IMSApprovalStatus xmlns="13a41462-d3c5-4676-81cf-1cb4ae80045f">Approved</IMSApprovalStatus>
     <IMF_RC_RefDocumentId xmlns="6E10281A-CD3A-4F0C-9B7D-A2009929208B" xsi:nil="true"/>
     <IMF_C0_Owner xmlns="391a2f22-9f1b-4edd-a10b-257ace2d067d">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </IMF_C0_Owner>
     <IMF_C0_OriginatedTimestamp xmlns="391a2f22-9f1b-4edd-a10b-257ace2d067d" xsi:nil="true"/>
     <IMSProcessTaxonomyTaxHTField0 xmlns="13a41462-d3c5-4676-81cf-1cb4ae80045f">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Air Operator approval</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">af85e113-639e-42c8-9262-c279233e480c</TermId>
         </TermInfo>
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">EASA Air Operator certification</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">0570fc9d-eaf5-4dc4-b67f-54332f0660bf</TermId>
@@ -19653,60 +20312,60 @@
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Quality management</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">98155c21-be43-4aae-96d5-e4bc945720de</TermId>
         </TermInfo>
       </Terms>
     </IMF_C0_TaxonomyTaxHTField0>
     <IMSRegulatorySource xmlns="13a41462-d3c5-4676-81cf-1cb4ae80045f">Non applicable</IMSRegulatorySource>
     <TaxKeywordTaxHTField xmlns="391a2f22-9f1b-4edd-a10b-257ace2d067d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">003</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">8fe01fdd-ecd5-47d9-b54e-4de295eb9cb7</TermId>
         </TermInfo>
       </Terms>
     </TaxKeywordTaxHTField>
     <_dlc_DocId xmlns="391a2f22-9f1b-4edd-a10b-257ace2d067d">EASAIMS-6-1864</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="391a2f22-9f1b-4edd-a10b-257ace2d067d">
       <Url>https://dms.easa.europa.eu/case/IMS/_layouts/15/DocIdRedir.aspx?ID=EASAIMS-6-1864</Url>
       <Description>EASAIMS-6-1864</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
@@ -19756,51 +20415,51 @@
   <Receiver>
     <Name>CopyVersionInformation ItemCheckedIn</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>40100</SequenceNumber>
     <Url/>
     <Assembly>EASA.BA.IMF.RC.Core.Application, Version=1.0.0.0, Culture=neutral, PublicKeyToken=a01c64e5cd1f2deb</Assembly>
     <Class>EASA.BA.IMF.RC.Core.Application.EventReceivers.CopyVersionInformation</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>CopyToRecordsCenter ItemUpdated</Name>
     <Synchronization>Asynchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>40110</SequenceNumber>
     <Url/>
     <Assembly>EASA.BA.IMF.RC.Core.Application, Version=1.0.0.0, Culture=neutral, PublicKeyToken=a01c64e5cd1f2deb</Assembly>
     <Class>EASA.BA.IMF.RC.Core.Application.EventReceivers.CopyToRecordsCenter</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="IMS Template" ma:contentTypeID="0x010100A14FE9BE6CE84F1BB23C774EC08C4AEA2D010039FCBC2891070F46ABE301F7C89982DF" ma:contentTypeVersion="48" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="37cc8e28a638d34901233498803dd1da">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="391a2f22-9f1b-4edd-a10b-257ace2d067d" xmlns:ns3="720140C3-6DF4-409B-A1F7-429D32417DCA" xmlns:ns4="13a41462-d3c5-4676-81cf-1cb4ae80045f" xmlns:ns5="6E10281A-CD3A-4F0C-9B7D-A2009929208B" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f5594b97b3c9f824a30a476505a4ca82" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
     <xsd:import namespace="391a2f22-9f1b-4edd-a10b-257ace2d067d"/>
     <xsd:import namespace="720140C3-6DF4-409B-A1F7-429D32417DCA"/>
     <xsd:import namespace="13a41462-d3c5-4676-81cf-1cb4ae80045f"/>
     <xsd:import namespace="6E10281A-CD3A-4F0C-9B7D-A2009929208B"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:IMF_C0_Description" minOccurs="0"/>
                 <xsd:element ref="ns2:IMF_C0_Contributor" minOccurs="0"/>
                 <xsd:element ref="ns2:IMF_C0_Archived" minOccurs="0"/>
                 <xsd:element ref="ns3:IMF_C0_TaxonomyTaxHTField0" minOccurs="0"/>
                 <xsd:element ref="ns2:IMF_C0_Owner" minOccurs="0"/>
                 <xsd:element ref="ns2:IMF_C0_OriginatedTimestamp" minOccurs="0"/>
                 <xsd:element ref="ns2:IMF_C0_PublicationStatus"/>
                 <xsd:element ref="ns3:IMF_C0_SourceTaxHTField0" minOccurs="0"/>
                 <xsd:element ref="ns2:IMF_C0_Distribution" minOccurs="0"/>
                 <xsd:element ref="ns2:IMF_C0_Language" minOccurs="0"/>
@@ -20165,162 +20824,163 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C73A99B2-EB2D-4279-9476-E6F3FFD557F3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38AB5F81-B1C8-42F1-8C5F-AF0111E2BFBA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="720140C3-6DF4-409B-A1F7-429D32417DCA"/>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C73A99B2-EB2D-4279-9476-E6F3FFD557F3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="720140C3-6DF4-409B-A1F7-429D32417DCA"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="6E10281A-CD3A-4F0C-9B7D-A2009929208B"/>
+    <ds:schemaRef ds:uri="13a41462-d3c5-4676-81cf-1cb4ae80045f"/>
+    <ds:schemaRef ds:uri="391a2f22-9f1b-4edd-a10b-257ace2d067d"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4BFC54BA-10DB-4226-9502-4A584C2057DA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A978AE1-AFCF-4EEA-9647-A13EAE468924}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5B7768C-B568-4AFE-9E51-F2A59198BF6C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="391a2f22-9f1b-4edd-a10b-257ace2d067d"/>
     <ds:schemaRef ds:uri="720140C3-6DF4-409B-A1F7-429D32417DCA"/>
     <ds:schemaRef ds:uri="13a41462-d3c5-4676-81cf-1cb4ae80045f"/>
     <ds:schemaRef ds:uri="6E10281A-CD3A-4F0C-9B7D-A2009929208B"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{210E9A7B-79F3-425B-8208-49E843A99D4E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46474232-8A3A-4C12-9FB3-A1A1CE212688}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>1813</Words>
-  <Characters>9610</Characters>
+  <Words>1858</Words>
+  <Characters>10145</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>80</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>84</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>TE - CHKL.AOC.CER.MEL</vt:lpstr>
       <vt:lpstr>Operations Manual - Part A</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>EASA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11401</CharactersWithSpaces>
+  <CharactersWithSpaces>11980</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>TE - CHKL.AOC.CER.MEL</dc:title>
   <dc:subject>Certification</dc:subject>
   <dc:creator>LAMBOTTE Vincent</dc:creator>
   <cp:keywords>003</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A14FE9BE6CE84F1BB23C774EC08C4AEA2D010039FCBC2891070F46ABE301F7C89982DF</vt:lpwstr>
   </property>